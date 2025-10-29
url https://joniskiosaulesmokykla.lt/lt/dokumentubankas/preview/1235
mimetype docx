--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -1,1117 +1,1239 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="1187"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7088"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidTr="0067036B">
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidTr="0067036B">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
-            <w:id w:val="-810017886"/>
+            <w:id w:val="-300699578"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7088" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w:rsidR="008D5FD2" w:rsidRPr="00E87678" w:rsidRDefault="0000134B" w:rsidP="0000134B">
+              <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="00495C3D" w:rsidP="0067036B">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="right" w:pos="9639"/>
                   </w:tabs>
                   <w:spacing w:line="276" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="0000134B">
+                <w:r w:rsidRPr="00163864">
                   <w:rPr>
                     <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
-                    <w:sz w:val="28"/>
-                    <w:szCs w:val="28"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidTr="0067036B">
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidTr="0067036B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
+          <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F249B8">
+            <w:r w:rsidRPr="00163864">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(vardas, pavardė)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidTr="0067036B">
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidTr="0067036B">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
-            <w:id w:val="1577401859"/>
+            <w:id w:val="134534975"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7088" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w:rsidR="008D5FD2" w:rsidRPr="00E87678" w:rsidRDefault="006E3286" w:rsidP="006E3286">
+              <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="00495C3D" w:rsidP="00EE4E48">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="right" w:pos="9639"/>
                   </w:tabs>
                   <w:spacing w:line="276" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="0000134B">
+                <w:r w:rsidRPr="00163864">
                   <w:rPr>
                     <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
-                    <w:sz w:val="28"/>
-                    <w:szCs w:val="28"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidTr="0067036B">
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidTr="0067036B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
+          <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F249B8">
+            <w:r w:rsidRPr="00163864">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(pareigos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="00163864">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Joniškio „Saulės“ pagrindinės mokyklos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="00163864">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Direktoriui </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A11A23" w:rsidRDefault="00A11A23" w:rsidP="00A11A23">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A11A23" w:rsidRPr="00163864" w:rsidRDefault="00A11A23" w:rsidP="00A11A23">
       <w:pPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A11A23" w:rsidRPr="00A11A23" w:rsidRDefault="00A11A23" w:rsidP="00A11A23">
+    <w:p w:rsidR="00A11A23" w:rsidRPr="00163864" w:rsidRDefault="00A11A23" w:rsidP="00A11A23">
       <w:pPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A11A23">
-        <w:rPr>
+      <w:r w:rsidRPr="00163864">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">PRAŠYMAS </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008519E6" w:rsidRDefault="008519E6" w:rsidP="008519E6">
+    <w:p w:rsidR="003558F2" w:rsidRPr="00163864" w:rsidRDefault="003558F2" w:rsidP="003558F2">
       <w:pPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00163864">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">DĖL DIENŲ SAVIŠVIETAI </w:t>
       </w:r>
-      <w:r w:rsidR="00922FD2">
-        <w:rPr>
+      <w:r w:rsidR="00F70C04" w:rsidRPr="00163864">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ARBA</w:t>
       </w:r>
-      <w:r w:rsidR="00534D2C">
-        <w:rPr>
+      <w:r w:rsidRPr="00163864">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> SAVANORYSTEI</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidTr="0067036B">
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidTr="0067036B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
-            <w:alias w:val="Data"/>
-            <w:tag w:val="Data"/>
             <w:id w:val="1881972060"/>
             <w:placeholder>
               <w:docPart w:val="D36033E429F94079B944D21A7C9CC4D3"/>
             </w:placeholder>
             <w:showingPlcHdr/>
-            <w:date>
+            <w:date w:fullDate="2023-01-09T00:00:00Z">
               <w:dateFormat w:val="yyyy-MM-dd"/>
               <w:lid w:val="lt-LT"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2268" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="0000134B" w:rsidP="0000134B">
+              <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="00566C19" w:rsidP="00566C19">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="0000134B">
+                <w:r w:rsidRPr="00163864">
                   <w:rPr>
                     <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
-                    <w:sz w:val="28"/>
-                    <w:szCs w:val="28"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>Norėdami įvesti datą, spustelėkite arba bakstelėkite čia.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidTr="0067036B">
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidTr="0067036B">
         <w:trPr>
           <w:trHeight w:val="318"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
+          <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F249B8">
+            <w:r w:rsidRPr="00163864">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>(data)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
+          <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F249B8">
+            <w:r w:rsidRPr="00163864">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Joniškis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="002D2D55" w:rsidRDefault="008D5FD2" w:rsidP="00584377"/>
-    <w:p w:rsidR="008D5FD2" w:rsidRDefault="008D5FD2" w:rsidP="00F312C0">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="00305315">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="00F312C0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002D2D55">
+      <w:r w:rsidRPr="00163864">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="001C5365">
-        <w:rPr>
+      <w:r w:rsidR="00866646" w:rsidRPr="00163864">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Prašau</w:t>
       </w:r>
-      <w:r w:rsidR="00A11A23">
-        <w:rPr>
+      <w:r w:rsidR="00A11A23" w:rsidRPr="00163864">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nuo</w:t>
+      </w:r>
+      <w:r w:rsidR="00A11A23" w:rsidRPr="00163864">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
-          <w:id w:val="1508863953"/>
+          <w:id w:val="1300578384"/>
           <w:placeholder>
-            <w:docPart w:val="606C43C826A942FBA6548A0F1D2EA55B"/>
+            <w:docPart w:val="682521B87C584634B27CECEBEB29349C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
-          <w:date>
+          <w:date w:fullDate="2023-01-09T00:00:00Z">
             <w:dateFormat w:val="yyyy-MM-dd"/>
             <w:lid w:val="lt-LT"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="006E3286" w:rsidRPr="0000134B">
+          <w:r w:rsidR="00A11A23" w:rsidRPr="00163864">
             <w:rPr>
               <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
-              <w:sz w:val="28"/>
-              <w:szCs w:val="28"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:t>Norėdami įvesti datą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="004E64E6">
-[...28 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00A11A23" w:rsidRPr="00163864">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iki </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:id w:val="-1998410343"/>
+          <w:placeholder>
+            <w:docPart w:val="D2EB85CAE73143AE9978037D3E8D8E45"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date w:fullDate="2023-01-09T00:00:00Z">
+            <w:dateFormat w:val="yyyy-MM-dd"/>
+            <w:lid w:val="lt-LT"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A11A23" w:rsidRPr="00163864">
+            <w:rPr>
+              <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:rPr>
+            <w:t>Norėdami įvesti datą, spustelėkite arba bakstelėkite čia.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00A11A23" w:rsidRPr="00163864">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> įskaitytinai suteikti man </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:alias w:val="Darbo dienų skaičius"/>
+          <w:tag w:val="Darbo dienų skaičius"/>
+          <w:id w:val="1554195294"/>
+          <w:placeholder>
+            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00495C3D" w:rsidRPr="00163864">
+            <w:rPr>
+              <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
+              <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:rPr>
+            <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00A11A23" w:rsidRPr="00163864">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> papildomas dienas </w:t>
+      </w:r>
+      <w:r w:rsidR="00725340" w:rsidRPr="00163864">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">savišvietai </w:t>
       </w:r>
-      <w:r w:rsidR="00922FD2">
-        <w:rPr>
+      <w:r w:rsidR="00E84757" w:rsidRPr="00163864">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>arba</w:t>
       </w:r>
-      <w:r w:rsidR="0072780C">
-        <w:rPr>
+      <w:r w:rsidR="00725340" w:rsidRPr="00163864">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> savanorystei</w:t>
       </w:r>
-      <w:r w:rsidR="00B7282F">
-        <w:rPr>
+      <w:r w:rsidR="00A11A23" w:rsidRPr="00163864">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="009F4E34" w:rsidRPr="009F4E34">
-        <w:rPr>
+      <w:r w:rsidR="001742DD" w:rsidRPr="00163864">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>vadovaujantis 2017 m. lapkričio 22 d. Lietuvos švietimo ir mokslo šakos kolektyvinės sutarties 202</w:t>
       </w:r>
-      <w:r w:rsidR="00217978">
-        <w:rPr>
+      <w:r w:rsidR="00871D57" w:rsidRPr="00163864">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="009F4E34" w:rsidRPr="009F4E34">
-[...14 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="001742DD" w:rsidRPr="00163864">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m</w:t>
+      </w:r>
+      <w:r w:rsidR="00871D57" w:rsidRPr="00163864">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. spalio 21</w:t>
+      </w:r>
+      <w:r w:rsidR="001742DD" w:rsidRPr="00163864">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> d. pakeitimo Nr. S-5</w:t>
       </w:r>
-      <w:r w:rsidR="00217978">
-        <w:rPr>
+      <w:r w:rsidR="00871D57" w:rsidRPr="00163864">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>50</w:t>
       </w:r>
-      <w:r w:rsidR="009F4E34" w:rsidRPr="009F4E34">
-        <w:rPr>
+      <w:r w:rsidR="001742DD" w:rsidRPr="00163864">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 17 p.,</w:t>
       </w:r>
-      <w:r w:rsidR="003E3225">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> mano vidutinį darbo užmokestį.</w:t>
+      <w:r w:rsidR="00A11A23" w:rsidRPr="00163864">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokant už jas mano vidutinį darbo užmokestį.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D4642" w:rsidRDefault="004D4642" w:rsidP="00584377">
+    <w:p w:rsidR="0014407D" w:rsidRPr="00163864" w:rsidRDefault="0014407D" w:rsidP="00B21EE5">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="1298"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00163864">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>Prašau man</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> mokėti įprasta darbo užmokesčio mokėjimo tvarka.</w:t>
+        <w:t>Prašau man priskaičiuotą užmokestį už šias dienas mokėti įprasta darbo užmokesčio mokėjimo tvarka.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D4642" w:rsidRPr="00F312C0" w:rsidRDefault="004D4642" w:rsidP="00F312C0">
+    <w:p w:rsidR="0014407D" w:rsidRPr="00163864" w:rsidRDefault="0014407D" w:rsidP="00F312C0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="1296"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="00163864">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Esu </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="00163864">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>informuotas (-a)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="00163864">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, kad mano asmens duomenys yra tvarkomi įstaigos vidaus administravimo tikslu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="00305315">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="1296"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="00163864">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Taip pat esu </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="00163864">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>informuotas (-a)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="00163864">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, kad turiu teisę susipažinti su savo duomenimis, reikalauti ištaisyti neteisingus, neišsamius, netikslius mano asmens duomenis, reikalauti sustabdyti duomenų tvarkymo veiksmus bei reikalauti sunaikinti neteisėtai, nesąžiningai sukauptus mano asmens duomenis.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="00163864">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="00163864">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-    </w:p>
-[...10 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="167"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4360"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidTr="0067036B">
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidTr="0067036B">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
-            <w:id w:val="-1711493884"/>
+            <w:id w:val="55049203"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4360" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="006E3286" w:rsidP="006E3286">
+              <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="00495C3D" w:rsidP="0067036B">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="left" w:leader="underscore" w:pos="9356"/>
                   </w:tabs>
                   <w:jc w:val="center"/>
                   <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="0000134B">
+                <w:r w:rsidRPr="00163864">
                   <w:rPr>
                     <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
-                    <w:sz w:val="28"/>
-                    <w:szCs w:val="28"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidTr="003F7765">
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidTr="008A21D7">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
+          <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F249B8">
+            <w:r w:rsidRPr="00163864">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(vardas, pavardė)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00403782" w:rsidRDefault="00403782"/>
-    <w:sectPr w:rsidR="00403782" w:rsidSect="00183436">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00403782" w:rsidRPr="00163864" w:rsidRDefault="00403782">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00403782" w:rsidRPr="00163864" w:rsidSect="00183436">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="gtPHjKykA30tSI0V+9MHtuM941DlxqqVDNz0Jbf26Br013mIGPL3JkyQmnXUz2JgGHreQ3iQw7YllukqfSbqCg==" w:salt="yGe9vFcFQos8GWvUctvobQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="BW/kIgxyqwoogEnxxXmstoZfAVOyULw2HHYjSI09uXueWRv2LwJpXUlppuMRDtU0GJgGw5bZmsfNFieF1xikkA==" w:salt="qd5nIySd9+gt6wtijsK5jQ=="/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008D5FD2"/>
-    <w:rsid w:val="0000134B"/>
     <w:rsid w:val="00002185"/>
     <w:rsid w:val="00016D44"/>
-    <w:rsid w:val="00050999"/>
+    <w:rsid w:val="00053983"/>
     <w:rsid w:val="000648F7"/>
     <w:rsid w:val="000A1927"/>
     <w:rsid w:val="000C6752"/>
     <w:rsid w:val="000D1C87"/>
-    <w:rsid w:val="001519D3"/>
-    <w:rsid w:val="001C5365"/>
+    <w:rsid w:val="0014407D"/>
+    <w:rsid w:val="00163864"/>
+    <w:rsid w:val="001742DD"/>
     <w:rsid w:val="00201CED"/>
-    <w:rsid w:val="00217978"/>
     <w:rsid w:val="0023246C"/>
     <w:rsid w:val="0024705C"/>
     <w:rsid w:val="00266B69"/>
     <w:rsid w:val="002839A3"/>
+    <w:rsid w:val="002C2717"/>
     <w:rsid w:val="002C599D"/>
     <w:rsid w:val="002D2D55"/>
+    <w:rsid w:val="00305315"/>
     <w:rsid w:val="00350577"/>
+    <w:rsid w:val="003558F2"/>
     <w:rsid w:val="00361E38"/>
-    <w:rsid w:val="0037784D"/>
     <w:rsid w:val="003A7910"/>
-    <w:rsid w:val="003E3225"/>
-    <w:rsid w:val="003F7765"/>
     <w:rsid w:val="004007AB"/>
     <w:rsid w:val="00403782"/>
-    <w:rsid w:val="004604C5"/>
-    <w:rsid w:val="00480899"/>
     <w:rsid w:val="00480AF7"/>
-    <w:rsid w:val="004D4642"/>
-    <w:rsid w:val="004E64E6"/>
+    <w:rsid w:val="00495C3D"/>
+    <w:rsid w:val="004D62AB"/>
     <w:rsid w:val="0050220B"/>
-    <w:rsid w:val="00534D2C"/>
     <w:rsid w:val="00540287"/>
     <w:rsid w:val="00566C19"/>
     <w:rsid w:val="00584214"/>
-    <w:rsid w:val="00584377"/>
-    <w:rsid w:val="005A0784"/>
     <w:rsid w:val="005A5DEC"/>
-    <w:rsid w:val="005B4E67"/>
     <w:rsid w:val="005C2BAB"/>
-    <w:rsid w:val="00657233"/>
+    <w:rsid w:val="0063425B"/>
     <w:rsid w:val="00680B61"/>
     <w:rsid w:val="006960BB"/>
-    <w:rsid w:val="006E3286"/>
-    <w:rsid w:val="0072780C"/>
+    <w:rsid w:val="00725340"/>
     <w:rsid w:val="00737D07"/>
     <w:rsid w:val="007500A0"/>
-    <w:rsid w:val="00780935"/>
     <w:rsid w:val="0079597A"/>
-    <w:rsid w:val="007A5B3A"/>
+    <w:rsid w:val="00796B84"/>
     <w:rsid w:val="007B19A4"/>
+    <w:rsid w:val="007B429C"/>
     <w:rsid w:val="007C1BDD"/>
     <w:rsid w:val="00803DEB"/>
     <w:rsid w:val="00814C37"/>
     <w:rsid w:val="008215DC"/>
-    <w:rsid w:val="008519E6"/>
     <w:rsid w:val="008524C5"/>
+    <w:rsid w:val="00866646"/>
+    <w:rsid w:val="00871D57"/>
     <w:rsid w:val="00881E04"/>
+    <w:rsid w:val="008A21D7"/>
     <w:rsid w:val="008B6288"/>
     <w:rsid w:val="008D5FD2"/>
+    <w:rsid w:val="008E208C"/>
     <w:rsid w:val="0090577B"/>
+    <w:rsid w:val="0091262D"/>
     <w:rsid w:val="00913A59"/>
-    <w:rsid w:val="00922FD2"/>
     <w:rsid w:val="00933AD3"/>
     <w:rsid w:val="00941025"/>
     <w:rsid w:val="009943F5"/>
     <w:rsid w:val="009A5B60"/>
-    <w:rsid w:val="009B0D6F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009F4E34"/>
     <w:rsid w:val="00A11A23"/>
-    <w:rsid w:val="00A33A31"/>
     <w:rsid w:val="00A35DBD"/>
-    <w:rsid w:val="00A74BCB"/>
     <w:rsid w:val="00B17B15"/>
-    <w:rsid w:val="00B7282F"/>
+    <w:rsid w:val="00B21EE5"/>
     <w:rsid w:val="00BB3E61"/>
-    <w:rsid w:val="00BE2A52"/>
     <w:rsid w:val="00CE0BDC"/>
-    <w:rsid w:val="00DF111C"/>
+    <w:rsid w:val="00DA43FD"/>
     <w:rsid w:val="00E10059"/>
     <w:rsid w:val="00E660DF"/>
+    <w:rsid w:val="00E84757"/>
     <w:rsid w:val="00E933DE"/>
     <w:rsid w:val="00EA2943"/>
     <w:rsid w:val="00EC138F"/>
-    <w:rsid w:val="00ED2240"/>
-    <w:rsid w:val="00EE0F28"/>
     <w:rsid w:val="00EE4E48"/>
-    <w:rsid w:val="00F15F0A"/>
     <w:rsid w:val="00F312C0"/>
+    <w:rsid w:val="00F70C04"/>
     <w:rsid w:val="00FB1518"/>
-    <w:rsid w:val="00FC5ECB"/>
     <w:rsid w:val="00FF732E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6120455C"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{738C0AF1-F664-41D9-9436-C7CA95EBBCBE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -1560,299 +1682,334 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Vietosrezervavimoenklotekstas">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A35DBD"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="1074858337">
+    <w:div w:id="1966110576">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1786852792">
+    <w:div w:id="2098286905">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D36033E429F94079B944D21A7C9CC4D3"/>
         <w:category>
           <w:name w:val="Bendrosios nuostatos"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8A3E21F4-6099-4966-9FE2-DB74A0340A76}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D550BE" w:rsidRDefault="00CC6F74" w:rsidP="00CC6F74">
           <w:pPr>
             <w:pStyle w:val="D36033E429F94079B944D21A7C9CC4D3"/>
           </w:pPr>
           <w:r w:rsidRPr="0046216F">
             <w:rPr>
               <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
             </w:rPr>
             <w:t>Norėdami įvesti datą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="606C43C826A942FBA6548A0F1D2EA55B"/>
+        <w:name w:val="682521B87C584634B27CECEBEB29349C"/>
         <w:category>
           <w:name w:val="Bendrosios nuostatos"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{FE5964A0-86BB-4CDB-B9DF-BAE9ECF0EB2F}"/>
+        <w:guid w:val="{1CFFE549-9CD1-44E1-99C8-1DF7872D6196}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00AA61D1" w:rsidRDefault="00D440AA" w:rsidP="00D440AA">
+        <w:p w:rsidR="00D56735" w:rsidRDefault="00863879" w:rsidP="00863879">
           <w:pPr>
-            <w:pStyle w:val="606C43C826A942FBA6548A0F1D2EA55B"/>
+            <w:pStyle w:val="682521B87C584634B27CECEBEB29349C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="0046216F">
+            <w:rPr>
+              <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
+            </w:rPr>
+            <w:t>Norėdami įvesti datą, spustelėkite arba bakstelėkite čia.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D2EB85CAE73143AE9978037D3E8D8E45"/>
+        <w:category>
+          <w:name w:val="Bendrosios nuostatos"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0A9E8D09-0F67-415A-A31B-041E1BEF2AB5}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D56735" w:rsidRDefault="00863879" w:rsidP="00863879">
+          <w:pPr>
+            <w:pStyle w:val="D2EB85CAE73143AE9978037D3E8D8E45"/>
           </w:pPr>
           <w:r w:rsidRPr="0046216F">
             <w:rPr>
               <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
             </w:rPr>
             <w:t>Norėdami įvesti datą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="Bendrosios nuostatos"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{C1640C38-1B38-403F-A577-FE040BE1E45C}"/>
+        <w:guid w:val="{C97FD66F-3B06-4A80-A444-8A1D6191354D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="004D1864" w:rsidRDefault="00D328BE">
-          <w:r w:rsidRPr="007C6E15">
+        <w:p w:rsidR="00184AF5" w:rsidRDefault="00F60E3E">
+          <w:r w:rsidRPr="005B39D7">
             <w:rPr>
               <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
             </w:rPr>
             <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CC6F74"/>
     <w:rsid w:val="00037ECA"/>
-    <w:rsid w:val="00040D07"/>
-    <w:rsid w:val="00041886"/>
     <w:rsid w:val="00074527"/>
     <w:rsid w:val="00093885"/>
+    <w:rsid w:val="000C33E6"/>
     <w:rsid w:val="000E7FD4"/>
-    <w:rsid w:val="000F013D"/>
     <w:rsid w:val="00165B54"/>
+    <w:rsid w:val="00184AF5"/>
     <w:rsid w:val="001F01B2"/>
+    <w:rsid w:val="001F0AE0"/>
+    <w:rsid w:val="00203100"/>
     <w:rsid w:val="00216052"/>
+    <w:rsid w:val="002328CB"/>
     <w:rsid w:val="00244B29"/>
+    <w:rsid w:val="002834D3"/>
     <w:rsid w:val="00285BC2"/>
+    <w:rsid w:val="00294CF3"/>
     <w:rsid w:val="002B1942"/>
     <w:rsid w:val="002E1361"/>
     <w:rsid w:val="002E2AB3"/>
     <w:rsid w:val="002F2693"/>
     <w:rsid w:val="003129DB"/>
-    <w:rsid w:val="00332390"/>
-    <w:rsid w:val="003450D3"/>
     <w:rsid w:val="00355791"/>
+    <w:rsid w:val="003964B7"/>
+    <w:rsid w:val="003B0A5A"/>
     <w:rsid w:val="003B0FE2"/>
-    <w:rsid w:val="003B4616"/>
+    <w:rsid w:val="003B384B"/>
     <w:rsid w:val="00415790"/>
+    <w:rsid w:val="00425A65"/>
+    <w:rsid w:val="00435F00"/>
     <w:rsid w:val="004664B3"/>
-    <w:rsid w:val="004A15C9"/>
     <w:rsid w:val="004C6116"/>
-    <w:rsid w:val="004D132B"/>
-    <w:rsid w:val="004D1864"/>
     <w:rsid w:val="004D6DC6"/>
     <w:rsid w:val="00590636"/>
     <w:rsid w:val="0065694F"/>
+    <w:rsid w:val="006B502A"/>
     <w:rsid w:val="007009EE"/>
-    <w:rsid w:val="008540AA"/>
     <w:rsid w:val="00863879"/>
     <w:rsid w:val="00881924"/>
     <w:rsid w:val="008B57AE"/>
     <w:rsid w:val="008C7B28"/>
     <w:rsid w:val="008F5C25"/>
-    <w:rsid w:val="0090777C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00965CD0"/>
+    <w:rsid w:val="00927373"/>
+    <w:rsid w:val="00976160"/>
+    <w:rsid w:val="0099170B"/>
     <w:rsid w:val="009E7142"/>
     <w:rsid w:val="009F3A76"/>
     <w:rsid w:val="00A00B03"/>
     <w:rsid w:val="00A1465D"/>
+    <w:rsid w:val="00A15CAF"/>
     <w:rsid w:val="00A4176E"/>
-    <w:rsid w:val="00A6348B"/>
-    <w:rsid w:val="00A71563"/>
     <w:rsid w:val="00A946FF"/>
     <w:rsid w:val="00AA1E37"/>
-    <w:rsid w:val="00AA61D1"/>
-    <w:rsid w:val="00AD260B"/>
     <w:rsid w:val="00AF082D"/>
     <w:rsid w:val="00B53C3B"/>
+    <w:rsid w:val="00BA1D16"/>
     <w:rsid w:val="00BE0647"/>
-    <w:rsid w:val="00C1082D"/>
     <w:rsid w:val="00C23E4A"/>
     <w:rsid w:val="00C56953"/>
     <w:rsid w:val="00C82DC0"/>
+    <w:rsid w:val="00CA0BE4"/>
     <w:rsid w:val="00CA6052"/>
     <w:rsid w:val="00CB0EEC"/>
-    <w:rsid w:val="00CB3C7A"/>
     <w:rsid w:val="00CC6F74"/>
     <w:rsid w:val="00D07E93"/>
-    <w:rsid w:val="00D328BE"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D469E0"/>
     <w:rsid w:val="00D522C3"/>
-    <w:rsid w:val="00D54766"/>
     <w:rsid w:val="00D550BE"/>
+    <w:rsid w:val="00D55875"/>
+    <w:rsid w:val="00D56735"/>
+    <w:rsid w:val="00D715C5"/>
     <w:rsid w:val="00DD3CAB"/>
-    <w:rsid w:val="00E068FA"/>
     <w:rsid w:val="00E46733"/>
     <w:rsid w:val="00EB3174"/>
     <w:rsid w:val="00F27B25"/>
+    <w:rsid w:val="00F60E3E"/>
     <w:rsid w:val="00F77ABE"/>
     <w:rsid w:val="00FC01EA"/>
     <w:rsid w:val="00FD727C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
@@ -2260,86 +2417,82 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Vietosrezervavimoenklotekstas">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00D328BE"/>
+    <w:rsid w:val="00F60E3E"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D36033E429F94079B944D21A7C9CC4D3">
     <w:name w:val="D36033E429F94079B944D21A7C9CC4D3"/>
     <w:rsid w:val="00CC6F74"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D9EF404D55E7474BAC42E0821208EB91">
     <w:name w:val="D9EF404D55E7474BAC42E0821208EB91"/>
     <w:rsid w:val="00CC6F74"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="0CE958C823F444139EAA7B217473418A">
     <w:name w:val="0CE958C823F444139EAA7B217473418A"/>
     <w:rsid w:val="002F2693"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BB06B4C175C5404FA710DAC115485682">
     <w:name w:val="BB06B4C175C5404FA710DAC115485682"/>
     <w:rsid w:val="002F2693"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="682521B87C584634B27CECEBEB29349C">
     <w:name w:val="682521B87C584634B27CECEBEB29349C"/>
     <w:rsid w:val="00863879"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D2EB85CAE73143AE9978037D3E8D8E45">
     <w:name w:val="D2EB85CAE73143AE9978037D3E8D8E45"/>
     <w:rsid w:val="00863879"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="606C43C826A942FBA6548A0F1D2EA55B">
-[...5 lines deleted...]
-    <w:rsid w:val="00D328BE"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9D856D5D26A24CF7BD4540BF51344DA5">
+    <w:name w:val="9D856D5D26A24CF7BD4540BF51344DA5"/>
+    <w:rsid w:val="001F0AE0"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -2568,90 +2721,74 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>791</Words>
-  <Characters>452</Characters>
+  <Words>883</Words>
+  <Characters>504</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>3</Lines>
+  <Lines>4</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1241</CharactersWithSpaces>
+  <CharactersWithSpaces>1385</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Edita-duc</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>