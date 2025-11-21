--- v1 (2025-10-29)
+++ v2 (2025-11-21)
@@ -1,1214 +1,1203 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00B279DB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00B279DB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="1187"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7088"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidTr="0067036B">
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00B279DB" w:rsidTr="0067036B">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
-            <w:id w:val="-300699578"/>
+            <w:id w:val="-810017886"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7088" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="00495C3D" w:rsidP="0067036B">
+              <w:p w:rsidR="008D5FD2" w:rsidRPr="00B279DB" w:rsidRDefault="0000134B" w:rsidP="0000134B">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="right" w:pos="9639"/>
                   </w:tabs>
                   <w:spacing w:line="276" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00163864">
+                <w:r w:rsidRPr="00AA75CE">
                   <w:rPr>
                     <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
-                    <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidTr="0067036B">
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00B279DB" w:rsidTr="0067036B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
+          <w:p w:rsidR="008D5FD2" w:rsidRPr="00B279DB" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00163864">
+            <w:r w:rsidRPr="00B279DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(vardas, pavardė)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidTr="0067036B">
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00B279DB" w:rsidTr="0067036B">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              <w:sz w:val="28"/>
-              <w:szCs w:val="28"/>
             </w:rPr>
-            <w:id w:val="134534975"/>
+            <w:id w:val="1577401859"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7088" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="00495C3D" w:rsidP="00EE4E48">
+              <w:p w:rsidR="008D5FD2" w:rsidRPr="00AA75CE" w:rsidRDefault="006E3286" w:rsidP="006E3286">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="right" w:pos="9639"/>
                   </w:tabs>
                   <w:spacing w:line="276" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                    <w:sz w:val="28"/>
-                    <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00163864">
+                <w:r w:rsidRPr="00AA75CE">
                   <w:rPr>
                     <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
-                    <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidTr="0067036B">
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00B279DB" w:rsidTr="0067036B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
+          <w:p w:rsidR="008D5FD2" w:rsidRPr="00B279DB" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00163864">
+            <w:r w:rsidRPr="00B279DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(pareigos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00B279DB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00B279DB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00B279DB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00B279DB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00B279DB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00B279DB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B279DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Joniškio „Saulės“ pagrindinės mokyklos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00B279DB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B279DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Direktoriui </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00B279DB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00B279DB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
-[...16 lines deleted...]
-    <w:p w:rsidR="00A11A23" w:rsidRPr="00163864" w:rsidRDefault="00A11A23" w:rsidP="00A11A23">
+    <w:p w:rsidR="00A11A23" w:rsidRPr="00B279DB" w:rsidRDefault="00A11A23" w:rsidP="00A11A23">
       <w:pPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A11A23" w:rsidRPr="00163864" w:rsidRDefault="00A11A23" w:rsidP="00A11A23">
+    <w:p w:rsidR="00A11A23" w:rsidRPr="00B279DB" w:rsidRDefault="00A11A23" w:rsidP="00A11A23">
       <w:pPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00163864">
+      <w:r w:rsidRPr="00B279DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">PRAŠYMAS </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003558F2" w:rsidRPr="00163864" w:rsidRDefault="003558F2" w:rsidP="003558F2">
+    <w:p w:rsidR="008519E6" w:rsidRPr="00B279DB" w:rsidRDefault="008519E6" w:rsidP="008519E6">
       <w:pPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00163864">
+      <w:r w:rsidRPr="00B279DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">DĖL DIENŲ SAVIŠVIETAI </w:t>
       </w:r>
-      <w:r w:rsidR="00F70C04" w:rsidRPr="00163864">
+      <w:r w:rsidR="00922FD2" w:rsidRPr="00B279DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ARBA</w:t>
       </w:r>
-      <w:r w:rsidRPr="00163864">
+      <w:r w:rsidR="00534D2C" w:rsidRPr="00B279DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B279DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> SAVANORYSTEI</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00B279DB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidTr="0067036B">
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00B279DB" w:rsidTr="0067036B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
+            <w:alias w:val="Data"/>
+            <w:tag w:val="Data"/>
             <w:id w:val="1881972060"/>
             <w:placeholder>
               <w:docPart w:val="D36033E429F94079B944D21A7C9CC4D3"/>
             </w:placeholder>
             <w:showingPlcHdr/>
-            <w:date w:fullDate="2023-01-09T00:00:00Z">
+            <w:date>
               <w:dateFormat w:val="yyyy-MM-dd"/>
               <w:lid w:val="lt-LT"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2268" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="00566C19" w:rsidP="00566C19">
+              <w:p w:rsidR="008D5FD2" w:rsidRPr="00B279DB" w:rsidRDefault="0000134B" w:rsidP="0000134B">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00163864">
+                <w:r w:rsidRPr="00AA75CE">
                   <w:rPr>
                     <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>Norėdami įvesti datą, spustelėkite arba bakstelėkite čia.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidTr="0067036B">
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00B279DB" w:rsidTr="0067036B">
         <w:trPr>
           <w:trHeight w:val="318"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
+          <w:p w:rsidR="008D5FD2" w:rsidRPr="00B279DB" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00163864">
+            <w:r w:rsidRPr="00B279DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>(data)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
+          <w:p w:rsidR="008D5FD2" w:rsidRPr="00B279DB" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00163864">
+            <w:r w:rsidRPr="00B279DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Joniškis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00B279DB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="00305315">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00B279DB" w:rsidRDefault="008D5FD2" w:rsidP="00584377">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="00F312C0">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00B279DB" w:rsidRDefault="008D5FD2" w:rsidP="00F312C0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00163864">
+      <w:r w:rsidRPr="00B279DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00866646" w:rsidRPr="00163864">
+      <w:r w:rsidR="001C5365" w:rsidRPr="00B279DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Prašau</w:t>
       </w:r>
-      <w:r w:rsidR="00A11A23" w:rsidRPr="00163864">
-[...10 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00A11A23" w:rsidRPr="00B279DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
-          <w:id w:val="1300578384"/>
+          <w:id w:val="1508863953"/>
           <w:placeholder>
-            <w:docPart w:val="682521B87C584634B27CECEBEB29349C"/>
+            <w:docPart w:val="606C43C826A942FBA6548A0F1D2EA55B"/>
           </w:placeholder>
           <w:showingPlcHdr/>
-          <w:date w:fullDate="2023-01-09T00:00:00Z">
+          <w:date>
             <w:dateFormat w:val="yyyy-MM-dd"/>
             <w:lid w:val="lt-LT"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00A11A23" w:rsidRPr="00163864">
+          <w:r w:rsidR="006E3286" w:rsidRPr="00B279DB">
             <w:rPr>
               <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Norėdami įvesti datą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00A11A23" w:rsidRPr="00163864">
-[...81 lines deleted...]
-      <w:r w:rsidR="00725340" w:rsidRPr="00163864">
+      <w:r w:rsidR="004E64E6" w:rsidRPr="00B279DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A11A23" w:rsidRPr="00B279DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">suteikti man </w:t>
+      </w:r>
+      <w:r w:rsidR="003E3225" w:rsidRPr="00B279DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1 papildomą dieną</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7282F" w:rsidRPr="00B279DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0072780C" w:rsidRPr="00B279DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">savišvietai </w:t>
       </w:r>
-      <w:r w:rsidR="00E84757" w:rsidRPr="00163864">
+      <w:r w:rsidR="00922FD2" w:rsidRPr="00B279DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>arba</w:t>
       </w:r>
-      <w:r w:rsidR="00725340" w:rsidRPr="00163864">
+      <w:r w:rsidR="0072780C" w:rsidRPr="00B279DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> savanorystei</w:t>
       </w:r>
-      <w:r w:rsidR="00A11A23" w:rsidRPr="00163864">
+      <w:r w:rsidR="00B7282F" w:rsidRPr="00B279DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="001742DD" w:rsidRPr="00163864">
+      <w:r w:rsidR="009F4E34" w:rsidRPr="00B279DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>vadovaujantis 2017 m. lapkričio 22 d. Lietuvos švietimo ir mokslo šakos kolektyvinės sutarties 202</w:t>
       </w:r>
-      <w:r w:rsidR="00871D57" w:rsidRPr="00163864">
+      <w:r w:rsidR="00217978" w:rsidRPr="00B279DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="001742DD" w:rsidRPr="00163864">
-[...15 lines deleted...]
-      <w:r w:rsidR="001742DD" w:rsidRPr="00163864">
+      <w:r w:rsidR="009F4E34" w:rsidRPr="00B279DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m. spalio </w:t>
+      </w:r>
+      <w:r w:rsidR="00217978" w:rsidRPr="00B279DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r w:rsidR="009F4E34" w:rsidRPr="00B279DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> d. pakeitimo Nr. S-5</w:t>
       </w:r>
-      <w:r w:rsidR="00871D57" w:rsidRPr="00163864">
+      <w:r w:rsidR="00217978" w:rsidRPr="00B279DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>50</w:t>
       </w:r>
-      <w:r w:rsidR="001742DD" w:rsidRPr="00163864">
+      <w:r w:rsidR="009F4E34" w:rsidRPr="00B279DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 17 p.,</w:t>
       </w:r>
-      <w:r w:rsidR="00A11A23" w:rsidRPr="00163864">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> mokant už jas mano vidutinį darbo užmokestį.</w:t>
+      <w:r w:rsidR="003E3225" w:rsidRPr="00B279DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokant už ją</w:t>
+      </w:r>
+      <w:r w:rsidR="00A11A23" w:rsidRPr="00B279DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mano vidutinį darbo užmokestį.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0014407D" w:rsidRPr="00163864" w:rsidRDefault="0014407D" w:rsidP="00B21EE5">
+    <w:p w:rsidR="004D4642" w:rsidRPr="00B279DB" w:rsidRDefault="004D4642" w:rsidP="00584377">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="1298"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00163864">
+      <w:r w:rsidRPr="00B279DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>Prašau man priskaičiuotą užmokestį už šias dienas mokėti įprasta darbo užmokesčio mokėjimo tvarka.</w:t>
+        <w:t>Prašau man</w:t>
+      </w:r>
+      <w:r w:rsidR="00050999" w:rsidRPr="00B279DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> priskaičiuotą užmokestį už šią dieną</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B279DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokėti įprasta darbo užmokesčio mokėjimo tvarka.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0014407D" w:rsidRPr="00163864" w:rsidRDefault="0014407D" w:rsidP="00F312C0">
+    <w:p w:rsidR="004D4642" w:rsidRPr="00B279DB" w:rsidRDefault="004D4642" w:rsidP="00F312C0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00B279DB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="1296"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00163864">
+      <w:r w:rsidRPr="00B279DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Esu </w:t>
       </w:r>
-      <w:r w:rsidRPr="00163864">
+      <w:r w:rsidRPr="00B279DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>informuotas (-a)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00163864">
+      <w:r w:rsidRPr="00B279DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, kad mano asmens duomenys yra tvarkomi įstaigos vidaus administravimo tikslu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="00305315">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00B279DB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="1296"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00163864">
+      <w:r w:rsidRPr="00B279DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Taip pat esu </w:t>
       </w:r>
-      <w:r w:rsidRPr="00163864">
+      <w:r w:rsidRPr="00B279DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>informuotas (-a)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00163864">
+      <w:r w:rsidRPr="00B279DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, kad turiu teisę susipažinti su savo duomenimis, reikalauti ištaisyti neteisingus, neišsamius, netikslius mano asmens duomenis, reikalauti sustabdyti duomenų tvarkymo veiksmus bei reikalauti sunaikinti neteisėtai, nesąžiningai sukauptus mano asmens duomenis.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00163864">
+      <w:r w:rsidRPr="00B279DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00163864">
+      <w:r w:rsidRPr="00B279DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00B279DB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00B279DB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="167"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4360"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidTr="0067036B">
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00B279DB" w:rsidTr="0067036B">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
-            <w:id w:val="55049203"/>
+            <w:id w:val="-1711493884"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4360" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="00495C3D" w:rsidP="0067036B">
+              <w:p w:rsidR="008D5FD2" w:rsidRPr="00B279DB" w:rsidRDefault="006E3286" w:rsidP="006E3286">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="left" w:leader="underscore" w:pos="9356"/>
                   </w:tabs>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00163864">
+                <w:r w:rsidRPr="00B279DB">
                   <w:rPr>
                     <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
-                    <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidTr="008A21D7">
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00B279DB" w:rsidTr="003F7765">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
+          <w:p w:rsidR="008D5FD2" w:rsidRPr="00B279DB" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00163864">
+            <w:r w:rsidRPr="00B279DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(vardas, pavardė)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00163864" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="00403782" w:rsidRPr="00B279DB" w:rsidRDefault="00403782">
       <w:pPr>
-        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00403782" w:rsidRPr="00163864" w:rsidRDefault="00403782">
-[...6 lines deleted...]
-    <w:sectPr w:rsidR="00403782" w:rsidRPr="00163864" w:rsidSect="00183436">
+    <w:sectPr w:rsidR="00403782" w:rsidRPr="00B279DB" w:rsidSect="00183436">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="BW/kIgxyqwoogEnxxXmstoZfAVOyULw2HHYjSI09uXueWRv2LwJpXUlppuMRDtU0GJgGw5bZmsfNFieF1xikkA==" w:salt="qd5nIySd9+gt6wtijsK5jQ=="/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="i9Gvc8WGKUX6vrOymPKPlIIuR+RdttdG0SPUkQO3AV9KYNfP50SDGaoeC5iBwgBfsJguE9t8X0TsgOGv0RSvzw==" w:salt="gRtWv2UXAcMWoXctBbTkWA=="/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008D5FD2"/>
+    <w:rsid w:val="0000134B"/>
     <w:rsid w:val="00002185"/>
     <w:rsid w:val="00016D44"/>
-    <w:rsid w:val="00053983"/>
+    <w:rsid w:val="00050999"/>
     <w:rsid w:val="000648F7"/>
     <w:rsid w:val="000A1927"/>
     <w:rsid w:val="000C6752"/>
     <w:rsid w:val="000D1C87"/>
-    <w:rsid w:val="0014407D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001742DD"/>
+    <w:rsid w:val="001519D3"/>
+    <w:rsid w:val="001C5365"/>
     <w:rsid w:val="00201CED"/>
+    <w:rsid w:val="00217978"/>
     <w:rsid w:val="0023246C"/>
     <w:rsid w:val="0024705C"/>
     <w:rsid w:val="00266B69"/>
     <w:rsid w:val="002839A3"/>
-    <w:rsid w:val="002C2717"/>
     <w:rsid w:val="002C599D"/>
     <w:rsid w:val="002D2D55"/>
-    <w:rsid w:val="00305315"/>
     <w:rsid w:val="00350577"/>
-    <w:rsid w:val="003558F2"/>
     <w:rsid w:val="00361E38"/>
+    <w:rsid w:val="0037784D"/>
     <w:rsid w:val="003A7910"/>
+    <w:rsid w:val="003E3225"/>
+    <w:rsid w:val="003F7765"/>
     <w:rsid w:val="004007AB"/>
     <w:rsid w:val="00403782"/>
+    <w:rsid w:val="004604C5"/>
+    <w:rsid w:val="00480899"/>
     <w:rsid w:val="00480AF7"/>
-    <w:rsid w:val="00495C3D"/>
-    <w:rsid w:val="004D62AB"/>
+    <w:rsid w:val="004D4642"/>
+    <w:rsid w:val="004E64E6"/>
     <w:rsid w:val="0050220B"/>
+    <w:rsid w:val="00534D2C"/>
     <w:rsid w:val="00540287"/>
     <w:rsid w:val="00566C19"/>
     <w:rsid w:val="00584214"/>
+    <w:rsid w:val="00584377"/>
+    <w:rsid w:val="005A0784"/>
     <w:rsid w:val="005A5DEC"/>
+    <w:rsid w:val="005B4E67"/>
     <w:rsid w:val="005C2BAB"/>
-    <w:rsid w:val="0063425B"/>
+    <w:rsid w:val="00657233"/>
     <w:rsid w:val="00680B61"/>
     <w:rsid w:val="006960BB"/>
-    <w:rsid w:val="00725340"/>
+    <w:rsid w:val="006E3286"/>
+    <w:rsid w:val="0072780C"/>
     <w:rsid w:val="00737D07"/>
     <w:rsid w:val="007500A0"/>
+    <w:rsid w:val="00780935"/>
     <w:rsid w:val="0079597A"/>
-    <w:rsid w:val="00796B84"/>
+    <w:rsid w:val="007A5B3A"/>
     <w:rsid w:val="007B19A4"/>
-    <w:rsid w:val="007B429C"/>
     <w:rsid w:val="007C1BDD"/>
     <w:rsid w:val="00803DEB"/>
     <w:rsid w:val="00814C37"/>
     <w:rsid w:val="008215DC"/>
+    <w:rsid w:val="008519E6"/>
     <w:rsid w:val="008524C5"/>
-    <w:rsid w:val="00866646"/>
-    <w:rsid w:val="00871D57"/>
     <w:rsid w:val="00881E04"/>
-    <w:rsid w:val="008A21D7"/>
     <w:rsid w:val="008B6288"/>
     <w:rsid w:val="008D5FD2"/>
-    <w:rsid w:val="008E208C"/>
     <w:rsid w:val="0090577B"/>
-    <w:rsid w:val="0091262D"/>
     <w:rsid w:val="00913A59"/>
+    <w:rsid w:val="00922FD2"/>
     <w:rsid w:val="00933AD3"/>
     <w:rsid w:val="00941025"/>
     <w:rsid w:val="009943F5"/>
     <w:rsid w:val="009A5B60"/>
+    <w:rsid w:val="009B0D6F"/>
+    <w:rsid w:val="009E5070"/>
+    <w:rsid w:val="009F4E34"/>
     <w:rsid w:val="00A11A23"/>
+    <w:rsid w:val="00A33A31"/>
     <w:rsid w:val="00A35DBD"/>
+    <w:rsid w:val="00A74BCB"/>
+    <w:rsid w:val="00AA75CE"/>
     <w:rsid w:val="00B17B15"/>
-    <w:rsid w:val="00B21EE5"/>
+    <w:rsid w:val="00B279DB"/>
+    <w:rsid w:val="00B7282F"/>
     <w:rsid w:val="00BB3E61"/>
+    <w:rsid w:val="00BE2A52"/>
     <w:rsid w:val="00CE0BDC"/>
-    <w:rsid w:val="00DA43FD"/>
+    <w:rsid w:val="00DF111C"/>
     <w:rsid w:val="00E10059"/>
     <w:rsid w:val="00E660DF"/>
-    <w:rsid w:val="00E84757"/>
     <w:rsid w:val="00E933DE"/>
     <w:rsid w:val="00EA2943"/>
     <w:rsid w:val="00EC138F"/>
+    <w:rsid w:val="00ED2240"/>
+    <w:rsid w:val="00EE0F28"/>
     <w:rsid w:val="00EE4E48"/>
+    <w:rsid w:val="00F15F0A"/>
     <w:rsid w:val="00F312C0"/>
-    <w:rsid w:val="00F70C04"/>
+    <w:rsid w:val="00F64B06"/>
     <w:rsid w:val="00FB1518"/>
+    <w:rsid w:val="00FC5ECB"/>
     <w:rsid w:val="00FF732E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -1682,199 +1671,170 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Vietosrezervavimoenklotekstas">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A35DBD"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="1966110576">
+    <w:div w:id="1074858337">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2098286905">
+    <w:div w:id="1786852792">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D36033E429F94079B944D21A7C9CC4D3"/>
         <w:category>
           <w:name w:val="Bendrosios nuostatos"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8A3E21F4-6099-4966-9FE2-DB74A0340A76}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D550BE" w:rsidRDefault="00CC6F74" w:rsidP="00CC6F74">
           <w:pPr>
             <w:pStyle w:val="D36033E429F94079B944D21A7C9CC4D3"/>
           </w:pPr>
           <w:r w:rsidRPr="0046216F">
             <w:rPr>
               <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
             </w:rPr>
             <w:t>Norėdami įvesti datą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="682521B87C584634B27CECEBEB29349C"/>
+        <w:name w:val="606C43C826A942FBA6548A0F1D2EA55B"/>
         <w:category>
           <w:name w:val="Bendrosios nuostatos"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{1CFFE549-9CD1-44E1-99C8-1DF7872D6196}"/>
+        <w:guid w:val="{FE5964A0-86BB-4CDB-B9DF-BAE9ECF0EB2F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00D56735" w:rsidRDefault="00863879" w:rsidP="00863879">
+        <w:p w:rsidR="00AA61D1" w:rsidRDefault="00D440AA" w:rsidP="00D440AA">
           <w:pPr>
-            <w:pStyle w:val="682521B87C584634B27CECEBEB29349C"/>
-[...28 lines deleted...]
-            <w:pStyle w:val="D2EB85CAE73143AE9978037D3E8D8E45"/>
+            <w:pStyle w:val="606C43C826A942FBA6548A0F1D2EA55B"/>
           </w:pPr>
           <w:r w:rsidRPr="0046216F">
             <w:rPr>
               <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
             </w:rPr>
             <w:t>Norėdami įvesti datą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="Bendrosios nuostatos"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{C97FD66F-3B06-4A80-A444-8A1D6191354D}"/>
+        <w:guid w:val="{C1640C38-1B38-403F-A577-FE040BE1E45C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00184AF5" w:rsidRDefault="00F60E3E">
-          <w:r w:rsidRPr="005B39D7">
+        <w:p w:rsidR="004D1864" w:rsidRDefault="00D328BE">
+          <w:r w:rsidRPr="007C6E15">
             <w:rPr>
               <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
             </w:rPr>
             <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
@@ -1893,123 +1853,126 @@
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CC6F74"/>
     <w:rsid w:val="00037ECA"/>
+    <w:rsid w:val="00040D07"/>
+    <w:rsid w:val="00041886"/>
     <w:rsid w:val="00074527"/>
     <w:rsid w:val="00093885"/>
-    <w:rsid w:val="000C33E6"/>
     <w:rsid w:val="000E7FD4"/>
+    <w:rsid w:val="000F013D"/>
     <w:rsid w:val="00165B54"/>
-    <w:rsid w:val="00184AF5"/>
     <w:rsid w:val="001F01B2"/>
-    <w:rsid w:val="001F0AE0"/>
-    <w:rsid w:val="00203100"/>
     <w:rsid w:val="00216052"/>
-    <w:rsid w:val="002328CB"/>
     <w:rsid w:val="00244B29"/>
-    <w:rsid w:val="002834D3"/>
     <w:rsid w:val="00285BC2"/>
-    <w:rsid w:val="00294CF3"/>
     <w:rsid w:val="002B1942"/>
     <w:rsid w:val="002E1361"/>
     <w:rsid w:val="002E2AB3"/>
     <w:rsid w:val="002F2693"/>
     <w:rsid w:val="003129DB"/>
+    <w:rsid w:val="00332390"/>
+    <w:rsid w:val="003450D3"/>
     <w:rsid w:val="00355791"/>
-    <w:rsid w:val="003964B7"/>
-    <w:rsid w:val="003B0A5A"/>
     <w:rsid w:val="003B0FE2"/>
-    <w:rsid w:val="003B384B"/>
+    <w:rsid w:val="003B4616"/>
     <w:rsid w:val="00415790"/>
-    <w:rsid w:val="00425A65"/>
-    <w:rsid w:val="00435F00"/>
     <w:rsid w:val="004664B3"/>
+    <w:rsid w:val="004A15C9"/>
     <w:rsid w:val="004C6116"/>
+    <w:rsid w:val="004D132B"/>
+    <w:rsid w:val="004D1864"/>
     <w:rsid w:val="004D6DC6"/>
     <w:rsid w:val="00590636"/>
     <w:rsid w:val="0065694F"/>
-    <w:rsid w:val="006B502A"/>
     <w:rsid w:val="007009EE"/>
+    <w:rsid w:val="0074177E"/>
+    <w:rsid w:val="008540AA"/>
     <w:rsid w:val="00863879"/>
     <w:rsid w:val="00881924"/>
     <w:rsid w:val="008B57AE"/>
     <w:rsid w:val="008C7B28"/>
     <w:rsid w:val="008F5C25"/>
-    <w:rsid w:val="00927373"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0099170B"/>
+    <w:rsid w:val="0090777C"/>
+    <w:rsid w:val="009309A8"/>
+    <w:rsid w:val="00965CD0"/>
     <w:rsid w:val="009E7142"/>
     <w:rsid w:val="009F3A76"/>
     <w:rsid w:val="00A00B03"/>
     <w:rsid w:val="00A1465D"/>
-    <w:rsid w:val="00A15CAF"/>
     <w:rsid w:val="00A4176E"/>
+    <w:rsid w:val="00A6348B"/>
+    <w:rsid w:val="00A71563"/>
     <w:rsid w:val="00A946FF"/>
     <w:rsid w:val="00AA1E37"/>
+    <w:rsid w:val="00AA61D1"/>
+    <w:rsid w:val="00AD260B"/>
     <w:rsid w:val="00AF082D"/>
     <w:rsid w:val="00B53C3B"/>
-    <w:rsid w:val="00BA1D16"/>
+    <w:rsid w:val="00BC5C81"/>
     <w:rsid w:val="00BE0647"/>
+    <w:rsid w:val="00C1082D"/>
     <w:rsid w:val="00C23E4A"/>
     <w:rsid w:val="00C56953"/>
     <w:rsid w:val="00C82DC0"/>
-    <w:rsid w:val="00CA0BE4"/>
     <w:rsid w:val="00CA6052"/>
     <w:rsid w:val="00CB0EEC"/>
+    <w:rsid w:val="00CB3C7A"/>
     <w:rsid w:val="00CC6F74"/>
     <w:rsid w:val="00D07E93"/>
+    <w:rsid w:val="00D328BE"/>
+    <w:rsid w:val="00D440AA"/>
+    <w:rsid w:val="00D469E0"/>
     <w:rsid w:val="00D522C3"/>
+    <w:rsid w:val="00D54766"/>
     <w:rsid w:val="00D550BE"/>
-    <w:rsid w:val="00D55875"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D715C5"/>
     <w:rsid w:val="00DD3CAB"/>
+    <w:rsid w:val="00E068FA"/>
     <w:rsid w:val="00E46733"/>
     <w:rsid w:val="00EB3174"/>
     <w:rsid w:val="00F27B25"/>
-    <w:rsid w:val="00F60E3E"/>
     <w:rsid w:val="00F77ABE"/>
     <w:rsid w:val="00FC01EA"/>
     <w:rsid w:val="00FD727C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
@@ -2417,82 +2380,86 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Vietosrezervavimoenklotekstas">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F60E3E"/>
+    <w:rsid w:val="00D328BE"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D36033E429F94079B944D21A7C9CC4D3">
     <w:name w:val="D36033E429F94079B944D21A7C9CC4D3"/>
     <w:rsid w:val="00CC6F74"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D9EF404D55E7474BAC42E0821208EB91">
     <w:name w:val="D9EF404D55E7474BAC42E0821208EB91"/>
     <w:rsid w:val="00CC6F74"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="0CE958C823F444139EAA7B217473418A">
     <w:name w:val="0CE958C823F444139EAA7B217473418A"/>
     <w:rsid w:val="002F2693"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BB06B4C175C5404FA710DAC115485682">
     <w:name w:val="BB06B4C175C5404FA710DAC115485682"/>
     <w:rsid w:val="002F2693"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="682521B87C584634B27CECEBEB29349C">
     <w:name w:val="682521B87C584634B27CECEBEB29349C"/>
     <w:rsid w:val="00863879"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D2EB85CAE73143AE9978037D3E8D8E45">
     <w:name w:val="D2EB85CAE73143AE9978037D3E8D8E45"/>
     <w:rsid w:val="00863879"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9D856D5D26A24CF7BD4540BF51344DA5">
-[...1 lines deleted...]
-    <w:rsid w:val="001F0AE0"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="606C43C826A942FBA6548A0F1D2EA55B">
+    <w:name w:val="606C43C826A942FBA6548A0F1D2EA55B"/>
+    <w:rsid w:val="00D440AA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="09F4BC52619A42249F63060B36A0F398">
+    <w:name w:val="09F4BC52619A42249F63060B36A0F398"/>
+    <w:rsid w:val="00D328BE"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -2721,74 +2688,90 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{136444CE-C31B-42C4-B911-E98A2C5185CD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>883</Words>
-  <Characters>504</Characters>
+  <Words>790</Words>
+  <Characters>451</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
+  <Lines>3</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1385</CharactersWithSpaces>
+  <CharactersWithSpaces>1239</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Edita-duc</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>