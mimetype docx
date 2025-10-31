--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -4,1679 +4,1859 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="008B6DB1" w:rsidRDefault="008B6DB1" w:rsidP="00842375">
+    <w:p w:rsidR="008B6DB1" w:rsidRPr="00DC3FF3" w:rsidRDefault="008B6DB1" w:rsidP="00842375">
       <w:pPr>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00C24708" w:rsidRDefault="00C24708" w:rsidP="00375DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C24708" w:rsidRPr="00DC3FF3" w:rsidRDefault="00C24708" w:rsidP="00375DD1">
       <w:pPr>
         <w:ind w:left="6480"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Nuotolinio darbo Joniškio „Saulės“ pagrindinėje mokykloje tvarkos aprašo</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C24708" w:rsidRDefault="00C24708" w:rsidP="00306DBF">
+    <w:p w:rsidR="00C24708" w:rsidRPr="00DC3FF3" w:rsidRDefault="00C24708" w:rsidP="00306DBF">
       <w:pPr>
         <w:ind w:left="5760" w:firstLine="720"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>1 priedas</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D94CDF" w:rsidRPr="003D0C5B" w:rsidRDefault="00D94CDF" w:rsidP="00D94CDF">
+    <w:p w:rsidR="00D94CDF" w:rsidRPr="00DC3FF3" w:rsidRDefault="00D94CDF" w:rsidP="00D94CDF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="1921"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7088"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD191E" w:rsidRPr="00F249B8" w:rsidTr="00CD191E">
+      <w:tr w:rsidR="00CD191E" w:rsidRPr="00DC3FF3" w:rsidTr="00CD191E">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="413753044"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
+            <w:bookmarkStart w:id="0" w:name="_GoBack" w:displacedByCustomXml="prev"/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7088" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w:rsidR="00CD191E" w:rsidRPr="00E87678" w:rsidRDefault="00200FD8" w:rsidP="00CD191E">
+              <w:p w:rsidR="00CD191E" w:rsidRPr="00DC3FF3" w:rsidRDefault="00200FD8" w:rsidP="00CD191E">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="right" w:pos="9639"/>
                   </w:tabs>
                   <w:spacing w:line="276" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="000D1324">
+                <w:r w:rsidRPr="00DC3FF3">
                   <w:rPr>
                     <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
-                    <w:sz w:val="28"/>
-                    <w:szCs w:val="28"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="26"/>
+                    <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
+            <w:bookmarkEnd w:id="0" w:displacedByCustomXml="next"/>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00CD191E" w:rsidRPr="00F249B8" w:rsidTr="00CD191E">
+      <w:tr w:rsidR="00CD191E" w:rsidRPr="00DC3FF3" w:rsidTr="00CD191E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CD191E" w:rsidRPr="00F249B8" w:rsidRDefault="00CD191E" w:rsidP="00CD191E">
+          <w:p w:rsidR="00CD191E" w:rsidRPr="00DC3FF3" w:rsidRDefault="00CD191E" w:rsidP="00CD191E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD191E" w:rsidRPr="00F249B8" w:rsidTr="00CD191E">
+      <w:tr w:rsidR="00CD191E" w:rsidRPr="00DC3FF3" w:rsidTr="00CD191E">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1802044660"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7088" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w:rsidR="00CD191E" w:rsidRPr="00534D4A" w:rsidRDefault="00200FD8" w:rsidP="00CD191E">
+              <w:p w:rsidR="00CD191E" w:rsidRPr="00DC3FF3" w:rsidRDefault="00200FD8" w:rsidP="00CD191E">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="right" w:pos="9639"/>
                   </w:tabs>
                   <w:spacing w:line="276" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="000D1324">
+                <w:r w:rsidRPr="00DC3FF3">
                   <w:rPr>
                     <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
-                    <w:sz w:val="28"/>
-                    <w:szCs w:val="28"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="26"/>
+                    <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00CD191E" w:rsidRPr="00F249B8" w:rsidTr="00CD191E">
+      <w:tr w:rsidR="00CD191E" w:rsidRPr="00DC3FF3" w:rsidTr="00CD191E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CD191E" w:rsidRPr="00F249B8" w:rsidRDefault="00CD191E" w:rsidP="00CD191E">
+          <w:p w:rsidR="00CD191E" w:rsidRPr="00DC3FF3" w:rsidRDefault="00CD191E" w:rsidP="00CD191E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00DC3FF3">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(pareigos</w:t>
-[...6 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>(pareigos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003D0C5B" w:rsidRDefault="003D0C5B" w:rsidP="00D17ECF">
+    <w:p w:rsidR="003D0C5B" w:rsidRPr="00DC3FF3" w:rsidRDefault="003D0C5B" w:rsidP="00D17ECF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006170C2" w:rsidRDefault="006170C2" w:rsidP="00E069DB">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="006170C2" w:rsidRPr="00DC3FF3" w:rsidRDefault="006170C2" w:rsidP="00E069DB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FF4E30" w:rsidRDefault="00FF4E30" w:rsidP="00E069DB">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00FF4E30" w:rsidRPr="00DC3FF3" w:rsidRDefault="00FF4E30" w:rsidP="00E069DB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FF4E30" w:rsidRDefault="00FF4E30" w:rsidP="00E069DB">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00FF4E30" w:rsidRPr="00DC3FF3" w:rsidRDefault="00FF4E30" w:rsidP="00E069DB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FF4E30" w:rsidRDefault="00FF4E30" w:rsidP="00E069DB">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00FF4E30" w:rsidRPr="00DC3FF3" w:rsidRDefault="00FF4E30" w:rsidP="00E069DB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FF4E30" w:rsidRDefault="00FF4E30" w:rsidP="00E069DB">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00FF4E30" w:rsidRPr="00DC3FF3" w:rsidRDefault="00FF4E30" w:rsidP="00E069DB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FF4E30" w:rsidRDefault="00FF4E30" w:rsidP="00E069DB">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="006170C2" w:rsidRPr="00DC3FF3" w:rsidRDefault="00022CF1" w:rsidP="00E069DB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">Joniškio „Saulės“ </w:t>
+      </w:r>
+      <w:r w:rsidR="006170C2" w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Joniškio „Saulės“ </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>pagrindinės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>pagrindinės</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> mokyklos </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E069DB" w:rsidRPr="00DC3FF3" w:rsidRDefault="00E069DB" w:rsidP="00E069DB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> mokyklos </w:t>
-[...4 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t>Direktoriui</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00560A77" w:rsidRPr="00DC3FF3" w:rsidRDefault="00560A77" w:rsidP="00560A77">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Direktoriui</w:t>
-[...4 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6DB1" w:rsidRPr="00DC3FF3" w:rsidRDefault="008B6DB1" w:rsidP="00560A77">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008B6DB1" w:rsidRDefault="008B6DB1" w:rsidP="00560A77">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00337E88" w:rsidRPr="00DC3FF3" w:rsidRDefault="00337E88" w:rsidP="00560A77">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00337E88" w:rsidRDefault="00337E88" w:rsidP="00560A77">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00C61FBF" w:rsidRPr="00DC3FF3" w:rsidRDefault="00560A77" w:rsidP="006170C2">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00A14A33" w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>P</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>RAŠYMAS</w:t>
+      </w:r>
+      <w:r w:rsidR="003A5980" w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>RAŠYMAS</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6DB1" w:rsidRPr="00DC3FF3" w:rsidRDefault="0046236C" w:rsidP="00560A77">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">DĖL </w:t>
+      </w:r>
+      <w:r w:rsidR="00D765D4" w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">DĖL </w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>LEIDIMO DIRBTI NUOTOLINIU BŪDU</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B02B5" w:rsidRDefault="006B02B5" w:rsidP="00560A77">
+    <w:p w:rsidR="006B02B5" w:rsidRPr="00DC3FF3" w:rsidRDefault="006B02B5" w:rsidP="00560A77">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FF4E30" w:rsidRPr="00F249B8" w:rsidTr="00E65B58">
+      <w:tr w:rsidR="00FF4E30" w:rsidRPr="00DC3FF3" w:rsidTr="00E65B58">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1468625655"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="yyyy-MM-dd"/>
               <w:lid w:val="lt-LT"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2268" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w:rsidR="00FF4E30" w:rsidRPr="00F249B8" w:rsidRDefault="00200FD8" w:rsidP="00D765D4">
+              <w:p w:rsidR="00FF4E30" w:rsidRPr="00DC3FF3" w:rsidRDefault="00200FD8" w:rsidP="00D765D4">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="000D1324">
+                <w:r w:rsidRPr="00DC3FF3">
                   <w:rPr>
                     <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
-                    <w:sz w:val="28"/>
-                    <w:szCs w:val="28"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="26"/>
+                    <w:szCs w:val="26"/>
                   </w:rPr>
                   <w:t>Norėdami įvesti datą, spustelėkite arba bakstelėkite čia.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00FF4E30" w:rsidRPr="00F249B8" w:rsidTr="00E65B58">
+      <w:tr w:rsidR="00FF4E30" w:rsidRPr="00DC3FF3" w:rsidTr="00E65B58">
         <w:trPr>
           <w:trHeight w:val="318"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF4E30" w:rsidRPr="00F249B8" w:rsidRDefault="00FF4E30" w:rsidP="00E65B58">
+          <w:p w:rsidR="00FF4E30" w:rsidRPr="00DC3FF3" w:rsidRDefault="00FF4E30" w:rsidP="00E65B58">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F249B8">
+            <w:r w:rsidRPr="00DC3FF3">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>(data)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF4E30" w:rsidRPr="00F249B8" w:rsidRDefault="00FF4E30" w:rsidP="00E65B58">
+          <w:p w:rsidR="00FF4E30" w:rsidRPr="00DC3FF3" w:rsidRDefault="00FF4E30" w:rsidP="00E65B58">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F249B8">
+            <w:r w:rsidRPr="00DC3FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Joniškis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00221760" w:rsidRPr="00AA39BD" w:rsidRDefault="00221760" w:rsidP="00221760">
+    <w:p w:rsidR="00221760" w:rsidRPr="00DC3FF3" w:rsidRDefault="00221760" w:rsidP="00221760">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00337E88" w:rsidRPr="00AA39BD" w:rsidRDefault="00337E88" w:rsidP="00091944">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00337E88" w:rsidRPr="00DC3FF3" w:rsidRDefault="00337E88" w:rsidP="00091944">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0093598B" w:rsidRPr="00EC1A95" w:rsidRDefault="0093598B" w:rsidP="00F17AF5">
+    <w:p w:rsidR="0093598B" w:rsidRPr="00DC3FF3" w:rsidRDefault="0093598B" w:rsidP="00F17AF5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="1296"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC1A95">
-        <w:rPr>
+      <w:r w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Prašau leisti dalį mano atliekamų funkcijų atlikti nuotoliniu būdu:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0079658D" w:rsidRPr="00EC1A95" w:rsidRDefault="00AA39BD" w:rsidP="001D79B0">
+    <w:p w:rsidR="0079658D" w:rsidRPr="00DC3FF3" w:rsidRDefault="00AA39BD" w:rsidP="001D79B0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC1A95">
-        <w:rPr>
+      <w:r w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Nuotolinio </w:t>
       </w:r>
-      <w:r w:rsidR="00AB5403" w:rsidRPr="00EC1A95">
-        <w:rPr>
+      <w:r w:rsidR="00AB5403" w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>darbo vieta</w:t>
       </w:r>
-      <w:r w:rsidR="004D0A75">
-        <w:rPr>
+      <w:r w:rsidR="004D0A75" w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004D0A75">
-        <w:rPr>
+      <w:r w:rsidR="004D0A75" w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="004D0A75">
-        <w:rPr>
+      <w:r w:rsidR="004D0A75" w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:id w:val="-1441516509"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00200FD8" w:rsidRPr="000D1324">
+          <w:r w:rsidR="00200FD8" w:rsidRPr="00DC3FF3">
             <w:rPr>
               <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
-              <w:sz w:val="26"/>
-              <w:szCs w:val="26"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="00A82524" w:rsidRDefault="00A82524" w:rsidP="00EB1D3C">
+    <w:p w:rsidR="00A82524" w:rsidRPr="00DC3FF3" w:rsidRDefault="00A82524" w:rsidP="00EB1D3C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="2592" w:firstLine="1296"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC1A95">
-        <w:rPr>
+      <w:r w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(adresas: gatvė, namo Nr., buto Nr., miestas)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0079658D" w:rsidRDefault="0079658D" w:rsidP="0079658D">
+    <w:p w:rsidR="0079658D" w:rsidRPr="00DC3FF3" w:rsidRDefault="0079658D" w:rsidP="0079658D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0079658D">
-        <w:rPr>
+      <w:r w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Kontaktinis numeris</w:t>
       </w:r>
-      <w:r w:rsidR="004D0A75">
-        <w:rPr>
+      <w:r w:rsidR="004D0A75" w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="004D0A75">
-        <w:rPr>
+      <w:r w:rsidR="004D0A75" w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:iCs/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1971864485"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00200FD8" w:rsidRPr="000D1324">
+          <w:r w:rsidR="00200FD8" w:rsidRPr="00DC3FF3">
             <w:rPr>
               <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
-              <w:sz w:val="26"/>
-              <w:szCs w:val="26"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="0079658D" w:rsidRPr="00EC1A95" w:rsidRDefault="0079658D" w:rsidP="004D0A75">
+    <w:p w:rsidR="0079658D" w:rsidRPr="00DC3FF3" w:rsidRDefault="0079658D" w:rsidP="004D0A75">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="2592" w:firstLine="1296"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(Tel.nr)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A82524" w:rsidRPr="00EC1A95" w:rsidRDefault="00BF04C4" w:rsidP="00A82524">
+    <w:p w:rsidR="00A82524" w:rsidRPr="00DC3FF3" w:rsidRDefault="00BF04C4" w:rsidP="00A82524">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Nuotolinio darbo laikotarpis</w:t>
       </w:r>
-      <w:r w:rsidR="00BA60F6">
-        <w:rPr>
+      <w:r w:rsidR="00BA60F6" w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">               </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1992057714"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00200FD8" w:rsidRPr="000D1324">
+          <w:r w:rsidR="00200FD8" w:rsidRPr="00DC3FF3">
             <w:rPr>
               <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
-              <w:sz w:val="26"/>
-              <w:szCs w:val="26"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="00A82524" w:rsidRPr="00EC1A95" w:rsidRDefault="00A82524" w:rsidP="008C508E">
+    <w:p w:rsidR="00A82524" w:rsidRPr="00DC3FF3" w:rsidRDefault="00A82524" w:rsidP="008C508E">
       <w:pPr>
         <w:ind w:left="3888"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC1A95">
-        <w:rPr>
+      <w:r w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(data, s</w:t>
       </w:r>
-      <w:r w:rsidR="00A605A1">
-        <w:rPr>
+      <w:r w:rsidR="00A605A1" w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>avaitės diena (-os</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC1A95">
-        <w:rPr>
+      <w:r w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="008C508E">
-        <w:rPr>
+      <w:r w:rsidR="008C508E" w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A82524" w:rsidRPr="00EC1A95" w:rsidRDefault="00A82524" w:rsidP="00EB1D3C">
+    <w:p w:rsidR="00A82524" w:rsidRPr="00DC3FF3" w:rsidRDefault="00A82524" w:rsidP="00EB1D3C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A82524" w:rsidRPr="00FC2C3D" w:rsidRDefault="00A82524" w:rsidP="00A82524">
+    <w:p w:rsidR="00A82524" w:rsidRPr="00DC3FF3" w:rsidRDefault="00A82524" w:rsidP="00A82524">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC1A95">
-        <w:rPr>
+      <w:r w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Nuotolinio darbo laikas</w:t>
       </w:r>
-      <w:r w:rsidR="00FC2C3D">
-        <w:rPr>
+      <w:r w:rsidR="00FC2C3D" w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">                       </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1902404935"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00200FD8" w:rsidRPr="000D1324">
+          <w:r w:rsidR="00200FD8" w:rsidRPr="00DC3FF3">
             <w:rPr>
               <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
-              <w:sz w:val="26"/>
-              <w:szCs w:val="26"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="00A82524" w:rsidRPr="00EC1A95" w:rsidRDefault="00A82524" w:rsidP="00A605A1">
+    <w:p w:rsidR="00A82524" w:rsidRPr="00DC3FF3" w:rsidRDefault="00A82524" w:rsidP="00A605A1">
       <w:pPr>
         <w:ind w:left="2592" w:firstLine="1296"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC1A95">
-        <w:rPr>
+      <w:r w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(darbo laikas, pietų pertraukos laikas</w:t>
       </w:r>
-      <w:r w:rsidR="00EB1D3C">
-        <w:rPr>
+      <w:r w:rsidR="00EB1D3C" w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B9730C" w:rsidRDefault="00B9730C" w:rsidP="00EB1D3C">
+    <w:p w:rsidR="00B9730C" w:rsidRPr="00DC3FF3" w:rsidRDefault="00B9730C" w:rsidP="00EB1D3C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00091944" w:rsidRDefault="00091944" w:rsidP="00091944">
+    <w:p w:rsidR="00091944" w:rsidRPr="00DC3FF3" w:rsidRDefault="00091944" w:rsidP="00091944">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00B9730C" w:rsidRPr="000D1324" w:rsidRDefault="00B9730C" w:rsidP="00B9730C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B9730C" w:rsidRPr="00DC3FF3" w:rsidRDefault="00B9730C" w:rsidP="00B9730C">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="1296"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D1324">
-        <w:rPr>
+      <w:r w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Esu </w:t>
       </w:r>
-      <w:r w:rsidRPr="000D1324">
-        <w:rPr>
+      <w:r w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>informuotas (-a)</w:t>
       </w:r>
-      <w:r w:rsidRPr="000D1324">
-        <w:rPr>
+      <w:r w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, kad mano asmens duomenys yra tvarkomi įstaigos veiklos užtikrinimo tikslais.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00441322" w:rsidRPr="000D1324" w:rsidRDefault="00B9730C" w:rsidP="00200FD8">
+    <w:p w:rsidR="00441322" w:rsidRPr="00DC3FF3" w:rsidRDefault="00B9730C" w:rsidP="00200FD8">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="1296"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D1324">
-        <w:rPr>
+      <w:r w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Taip pat esu </w:t>
       </w:r>
-      <w:r w:rsidRPr="000D1324">
-        <w:rPr>
+      <w:r w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>informuotas (-a)</w:t>
       </w:r>
-      <w:r w:rsidRPr="000D1324">
-        <w:rPr>
+      <w:r w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, kad  turiu teisę susipažinti su savo duomenimis, reikalauti ištaisyti neteisingus, neišsamius, netikslius mano asmens duomenis, reikalauti sustabdyti duomenų tvarkymo veiksmus bei reikalauti sunaikinti neteisėtai, nesąžiningai sukauptus mano asmens duomenis.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="167"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4360"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FF4E30" w:rsidRPr="00F249B8" w:rsidTr="00E65B58">
+      <w:tr w:rsidR="00FF4E30" w:rsidRPr="00DC3FF3" w:rsidTr="00E65B58">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1109357118"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4360" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w:rsidR="00FF4E30" w:rsidRPr="00F249B8" w:rsidRDefault="00200FD8" w:rsidP="00E65B58">
+              <w:p w:rsidR="00FF4E30" w:rsidRPr="00DC3FF3" w:rsidRDefault="00200FD8" w:rsidP="00E65B58">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="left" w:leader="underscore" w:pos="9356"/>
                   </w:tabs>
                   <w:jc w:val="center"/>
                   <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="000D1324">
+                <w:r w:rsidRPr="00DC3FF3">
                   <w:rPr>
                     <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00FF4E30" w:rsidRPr="00F249B8" w:rsidTr="00E65B58">
+      <w:tr w:rsidR="00FF4E30" w:rsidRPr="00DC3FF3" w:rsidTr="00E65B58">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF4E30" w:rsidRPr="00F249B8" w:rsidRDefault="00FF4E30" w:rsidP="00B87BBD">
+          <w:p w:rsidR="00FF4E30" w:rsidRPr="00DC3FF3" w:rsidRDefault="00FF4E30" w:rsidP="00B87BBD">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F249B8">
+            <w:r w:rsidRPr="00DC3FF3">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="005F5EC8">
+            <w:r w:rsidR="005F5EC8" w:rsidRPr="00DC3FF3">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F249B8">
+            <w:r w:rsidRPr="00DC3FF3">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>vardas, pavardė)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00221760" w:rsidRDefault="00221760" w:rsidP="00842375">
+    <w:p w:rsidR="00221760" w:rsidRPr="00DC3FF3" w:rsidRDefault="00221760" w:rsidP="00842375">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00221760" w:rsidRDefault="00221760" w:rsidP="00D17ECF">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00221760" w:rsidRPr="00DC3FF3" w:rsidRDefault="00221760" w:rsidP="00D17ECF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00505E8A" w:rsidRDefault="00505E8A" w:rsidP="00D17ECF">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00505E8A" w:rsidRPr="00DC3FF3" w:rsidRDefault="00505E8A" w:rsidP="00D17ECF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00505E8A" w:rsidRDefault="00505E8A" w:rsidP="00505E8A">
+    <w:p w:rsidR="00505E8A" w:rsidRPr="00DC3FF3" w:rsidRDefault="00505E8A" w:rsidP="00505E8A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4819"/>
         </w:tabs>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00505E8A" w:rsidRDefault="00505E8A" w:rsidP="00375DD1">
+    <w:p w:rsidR="00DC3FF3" w:rsidRDefault="00DC3FF3" w:rsidP="00375DD1">
       <w:pPr>
         <w:ind w:left="6480"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00505E8A" w:rsidRPr="00DC3FF3" w:rsidRDefault="00505E8A" w:rsidP="00375DD1">
+      <w:pPr>
+        <w:ind w:left="6480"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Nuotolinio darbo Joniškio „Saulės“ pagrindinėje mokykloje tvarkos aprašo 2 priedas</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00505E8A" w:rsidRDefault="00505E8A" w:rsidP="00505E8A">
+    <w:p w:rsidR="00505E8A" w:rsidRPr="00DC3FF3" w:rsidRDefault="00505E8A" w:rsidP="00505E8A">
       <w:pPr>
         <w:ind w:left="5760"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00505E8A" w:rsidRDefault="00505E8A" w:rsidP="00505E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00505E8A" w:rsidRPr="00DC3FF3" w:rsidRDefault="00505E8A" w:rsidP="00505E8A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Joniškio „Saulės“ pagrindinės mokyklos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00505E8A" w:rsidRDefault="00505E8A" w:rsidP="00505E8A">
+    <w:p w:rsidR="00505E8A" w:rsidRPr="00DC3FF3" w:rsidRDefault="00505E8A" w:rsidP="00505E8A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Direktoriui</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00505E8A" w:rsidRDefault="00505E8A" w:rsidP="00505E8A">
+    <w:p w:rsidR="00505E8A" w:rsidRPr="00DC3FF3" w:rsidRDefault="00505E8A" w:rsidP="00505E8A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00505E8A" w:rsidRDefault="00505E8A" w:rsidP="00505E8A">
+    <w:p w:rsidR="00505E8A" w:rsidRPr="00DC3FF3" w:rsidRDefault="00505E8A" w:rsidP="00505E8A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00505E8A" w:rsidRDefault="00505E8A" w:rsidP="00505E8A">
+    <w:p w:rsidR="00505E8A" w:rsidRPr="00DC3FF3" w:rsidRDefault="00505E8A" w:rsidP="00505E8A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>PASIŽADĖJIMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00505E8A" w:rsidRDefault="006620EF" w:rsidP="00505E8A">
+    <w:p w:rsidR="00505E8A" w:rsidRPr="00DC3FF3" w:rsidRDefault="008A7161" w:rsidP="00505E8A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:id w:val="-606279450"/>
           <w:placeholder>
             <w:docPart w:val="5BC5C03C566948F1967947DCAACB7FCC"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="yyyy-MM-dd"/>
             <w:lid w:val="lt-LT"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00505E8A" w:rsidRPr="000D1324">
+          <w:r w:rsidR="00505E8A" w:rsidRPr="00DC3FF3">
             <w:rPr>
               <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
-              <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:t>Norėdami įvesti datą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00505E8A">
-        <w:rPr>
+      <w:r w:rsidR="00505E8A" w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00505E8A" w:rsidRDefault="00505E8A" w:rsidP="00505E8A">
+    <w:p w:rsidR="00505E8A" w:rsidRPr="00DC3FF3" w:rsidRDefault="00505E8A" w:rsidP="00505E8A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(data)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00505E8A" w:rsidRPr="001A3A8B" w:rsidRDefault="00505E8A" w:rsidP="00505E8A">
+    <w:p w:rsidR="00505E8A" w:rsidRPr="00DC3FF3" w:rsidRDefault="00505E8A" w:rsidP="00505E8A">
       <w:pPr>
         <w:jc w:val="center"/>
-      </w:pPr>
-      <w:r w:rsidRPr="001A3A8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Joniškis</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00505E8A" w:rsidRDefault="00505E8A" w:rsidP="00505E8A">
+    <w:p w:rsidR="00505E8A" w:rsidRPr="00DC3FF3" w:rsidRDefault="00505E8A" w:rsidP="00505E8A">
       <w:pPr>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00505E8A" w:rsidRDefault="00505E8A" w:rsidP="00505E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00505E8A" w:rsidRPr="00DC3FF3" w:rsidRDefault="00505E8A" w:rsidP="00505E8A">
       <w:pPr>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00505E8A" w:rsidRPr="00636838" w:rsidRDefault="00505E8A" w:rsidP="00505E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00505E8A" w:rsidRPr="00DC3FF3" w:rsidRDefault="00505E8A" w:rsidP="00505E8A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="underscore" w:pos="9354"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00636838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">Aš, </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:rPr>
           <w:id w:val="-292520732"/>
           <w:placeholder>
             <w:docPart w:val="377816E9C33F493CA072C6F0E65B2DE3"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="000D1324">
+          <w:r w:rsidRPr="00DC3FF3">
             <w:rPr>
               <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
-              <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00636838">
+      <w:r w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00505E8A" w:rsidRDefault="00505E8A" w:rsidP="00505E8A">
+    <w:p w:rsidR="00505E8A" w:rsidRPr="00DC3FF3" w:rsidRDefault="00505E8A" w:rsidP="00505E8A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(vardas ir pavardė)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00505E8A" w:rsidRPr="00636838" w:rsidRDefault="00505E8A" w:rsidP="00505E8A">
+    <w:p w:rsidR="00505E8A" w:rsidRPr="00DC3FF3" w:rsidRDefault="00505E8A" w:rsidP="00505E8A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="100"/>
         </w:rPr>
         <w:t>pasižadu,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00636838">
-[...9 lines deleted...]
-    <w:p w:rsidR="00505E8A" w:rsidRDefault="00505E8A" w:rsidP="00505E8A">
+      <w:r w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kad dirbdamas (-a) nuotoliniu būdu laikysiuosi Nuotolinio darbo Joniškio „Saulės“ pagrindinėje mokykloje tvarkos aprašo 18 punkte nustatytų reikalavimų.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00505E8A" w:rsidRPr="00DC3FF3" w:rsidRDefault="00505E8A" w:rsidP="00505E8A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00505E8A" w:rsidRDefault="00505E8A" w:rsidP="00505E8A">
+    <w:p w:rsidR="00505E8A" w:rsidRPr="00DC3FF3" w:rsidRDefault="00505E8A" w:rsidP="00505E8A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00505E8A" w:rsidRPr="00414A23" w:rsidRDefault="00505E8A" w:rsidP="00414A23">
+    <w:p w:rsidR="00505E8A" w:rsidRPr="00DC3FF3" w:rsidRDefault="00505E8A" w:rsidP="00414A23">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00AC2D01">
-        <w:rPr>
+      <w:r w:rsidR="00AC2D01" w:rsidRPr="00DC3FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">                                              </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="899488182"/>
           <w:placeholder>
             <w:docPart w:val="377816E9C33F493CA072C6F0E65B2DE3"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00AC2D01">
+          <w:r w:rsidR="00AC2D01" w:rsidRPr="00DC3FF3">
             <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="00505E8A" w:rsidRPr="001A3A8B" w:rsidRDefault="00505E8A" w:rsidP="00505E8A">
+    <w:p w:rsidR="00505E8A" w:rsidRPr="00DC3FF3" w:rsidRDefault="00505E8A" w:rsidP="00505E8A">
       <w:pPr>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="167"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4360"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00414A23" w:rsidRPr="00F249B8" w:rsidTr="0060371C">
+      <w:tr w:rsidR="00414A23" w:rsidRPr="00DC3FF3" w:rsidTr="0060371C">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1821538157"/>
             <w:placeholder>
               <w:docPart w:val="CAE2F805623444129211992501EA3381"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4360" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w:rsidR="00414A23" w:rsidRPr="00F249B8" w:rsidRDefault="00414A23" w:rsidP="0060371C">
+              <w:p w:rsidR="00414A23" w:rsidRPr="00DC3FF3" w:rsidRDefault="00414A23" w:rsidP="0060371C">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="left" w:leader="underscore" w:pos="9356"/>
                   </w:tabs>
                   <w:jc w:val="center"/>
                   <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="000D1324">
+                <w:r w:rsidRPr="00DC3FF3">
                   <w:rPr>
                     <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00414A23" w:rsidRPr="00F249B8" w:rsidTr="0060371C">
+      <w:tr w:rsidR="00414A23" w:rsidRPr="00DC3FF3" w:rsidTr="0060371C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00414A23" w:rsidRPr="00F249B8" w:rsidRDefault="00414A23" w:rsidP="0060371C">
+          <w:p w:rsidR="00414A23" w:rsidRPr="00DC3FF3" w:rsidRDefault="00414A23" w:rsidP="0060371C">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F249B8">
+            <w:r w:rsidRPr="00DC3FF3">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...13 lines deleted...]
-              <w:t>vardas, pavardė)</w:t>
+              <w:t>( vardas, pavardė)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00505E8A" w:rsidRDefault="00505E8A" w:rsidP="00505E8A">
+    <w:p w:rsidR="00505E8A" w:rsidRPr="00DC3FF3" w:rsidRDefault="00505E8A" w:rsidP="00505E8A">
       <w:pPr>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00505E8A" w:rsidRPr="00DC3FF3" w:rsidRDefault="00505E8A" w:rsidP="00505E8A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00505E8A" w:rsidRPr="00DC3FF3" w:rsidRDefault="00505E8A" w:rsidP="00D17ECF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00505E8A" w:rsidRPr="00D17ECF" w:rsidSect="00635468">
+    <w:sectPr w:rsidR="00505E8A" w:rsidRPr="00DC3FF3" w:rsidSect="00635468">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="540" w:right="506" w:bottom="1134" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="s79+mmdU3KYg0Qh0C6O+VVk0UpGJW9MsbqZc6UdGP9JYX0Rn6WR65w43zu3hwpuXDR/RiTTpkPXh9nCinhJEJg==" w:salt="zOdfAP31cu0puGv/9lu5mw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="096bp0PJKOYJHKBvyPHtztHEPioo1oDkV5vHkQrzM59SdNvZ7xmV/w5HM32AgwNcecpX9YqHHjv6reQ1k2KhWQ==" w:salt="+CleL55df6wY+b0Cu99wQQ=="/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00560A77"/>
     <w:rsid w:val="00022CF1"/>
     <w:rsid w:val="00032127"/>
     <w:rsid w:val="00042389"/>
     <w:rsid w:val="00091944"/>
     <w:rsid w:val="000D1324"/>
     <w:rsid w:val="000D5EED"/>
     <w:rsid w:val="00100B2B"/>
     <w:rsid w:val="00145952"/>
     <w:rsid w:val="00161375"/>
     <w:rsid w:val="001779CE"/>
@@ -1706,82 +1886,84 @@
     <w:rsid w:val="00441322"/>
     <w:rsid w:val="0046236C"/>
     <w:rsid w:val="004701CF"/>
     <w:rsid w:val="00487B7A"/>
     <w:rsid w:val="004C084F"/>
     <w:rsid w:val="004D0A75"/>
     <w:rsid w:val="004F2AAB"/>
     <w:rsid w:val="004F47A9"/>
     <w:rsid w:val="00505E8A"/>
     <w:rsid w:val="005278FF"/>
     <w:rsid w:val="00560A77"/>
     <w:rsid w:val="00565F7D"/>
     <w:rsid w:val="005761F3"/>
     <w:rsid w:val="005F5EC8"/>
     <w:rsid w:val="006170C2"/>
     <w:rsid w:val="00635468"/>
     <w:rsid w:val="006570FC"/>
     <w:rsid w:val="006620EF"/>
     <w:rsid w:val="006B02B5"/>
     <w:rsid w:val="006B5F1A"/>
     <w:rsid w:val="006F0F7A"/>
     <w:rsid w:val="0079658D"/>
     <w:rsid w:val="00811C73"/>
     <w:rsid w:val="00842375"/>
     <w:rsid w:val="00852EE6"/>
+    <w:rsid w:val="008A7161"/>
     <w:rsid w:val="008B6DB1"/>
     <w:rsid w:val="008C508E"/>
     <w:rsid w:val="008E6425"/>
     <w:rsid w:val="00902B22"/>
     <w:rsid w:val="0093598B"/>
     <w:rsid w:val="00980F4A"/>
     <w:rsid w:val="009F2323"/>
     <w:rsid w:val="00A14A33"/>
     <w:rsid w:val="00A176CC"/>
     <w:rsid w:val="00A605A1"/>
     <w:rsid w:val="00A82524"/>
     <w:rsid w:val="00A916D2"/>
     <w:rsid w:val="00A91D95"/>
     <w:rsid w:val="00AA39BD"/>
     <w:rsid w:val="00AB5403"/>
     <w:rsid w:val="00AC2D01"/>
     <w:rsid w:val="00AC4AEA"/>
     <w:rsid w:val="00B85737"/>
     <w:rsid w:val="00B87BBD"/>
     <w:rsid w:val="00B9730C"/>
     <w:rsid w:val="00BA60F6"/>
     <w:rsid w:val="00BC3D28"/>
     <w:rsid w:val="00BE6E6E"/>
     <w:rsid w:val="00BF04C4"/>
     <w:rsid w:val="00C24708"/>
     <w:rsid w:val="00C61FBF"/>
     <w:rsid w:val="00C623DA"/>
     <w:rsid w:val="00C909EF"/>
     <w:rsid w:val="00CD191E"/>
     <w:rsid w:val="00D17ECF"/>
     <w:rsid w:val="00D765D4"/>
     <w:rsid w:val="00D94CDF"/>
+    <w:rsid w:val="00DC3FF3"/>
     <w:rsid w:val="00E069DB"/>
     <w:rsid w:val="00E26F84"/>
     <w:rsid w:val="00E60535"/>
     <w:rsid w:val="00EB1D3C"/>
     <w:rsid w:val="00EC1A95"/>
     <w:rsid w:val="00F17AF5"/>
     <w:rsid w:val="00F60107"/>
     <w:rsid w:val="00FC2C3D"/>
     <w:rsid w:val="00FE0682"/>
     <w:rsid w:val="00FF3CD8"/>
     <w:rsid w:val="00FF4E30"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -2371,84 +2553,93 @@
             <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A03830"/>
+    <w:rsid w:val="000A3BF4"/>
     <w:rsid w:val="000E667F"/>
+    <w:rsid w:val="001313B0"/>
     <w:rsid w:val="003F56E1"/>
     <w:rsid w:val="00536878"/>
     <w:rsid w:val="007A6199"/>
     <w:rsid w:val="00921CC7"/>
     <w:rsid w:val="00A03830"/>
     <w:rsid w:val="00B31020"/>
     <w:rsid w:val="00D375B2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -3152,51 +3343,51 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
+  <Pages>2</Pages>
   <Words>1331</Words>
   <Characters>759</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>__________________________________________________</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Svietimo ir Mokslo Ministerija</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>2086</CharactersWithSpaces>