--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -4,1120 +4,1248 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="00B12C55" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidRDefault="00B12C55" w:rsidP="008D5FD2">
       <w:pPr>
         <w:jc w:val="right"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005521AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">                          </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="1187"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7088"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidTr="0067036B">
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidTr="0067036B">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-861732167"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7088" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w:rsidR="008D5FD2" w:rsidRPr="00E87678" w:rsidRDefault="00B65FCB" w:rsidP="00915726">
+              <w:p w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidRDefault="00B65FCB" w:rsidP="00915726">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="right" w:pos="9639"/>
                   </w:tabs>
                   <w:spacing w:line="276" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="000875C1">
+                <w:r w:rsidRPr="005521AB">
                   <w:rPr>
                     <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
-                    <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidTr="0067036B">
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidTr="0067036B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D5FD2" w:rsidRPr="00C540C9" w:rsidRDefault="005C02D0" w:rsidP="0067036B">
+          <w:p w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidRDefault="005C02D0" w:rsidP="0067036B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C540C9">
+            <w:r w:rsidRPr="005521AB">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(vardas, pavardė)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidTr="0067036B">
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidTr="0067036B">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1991909058"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7088" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w:rsidR="008D5FD2" w:rsidRPr="00E87678" w:rsidRDefault="00B65FCB" w:rsidP="00A55A2B">
+              <w:p w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidRDefault="00B65FCB" w:rsidP="00A55A2B">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="right" w:pos="9639"/>
                   </w:tabs>
                   <w:spacing w:line="276" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="000875C1">
+                <w:r w:rsidRPr="005521AB">
                   <w:rPr>
                     <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
-                    <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidTr="0067036B">
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidTr="0067036B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
+          <w:p w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F249B8">
+            <w:r w:rsidRPr="005521AB">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(pareigos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="005521AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Joniškio „Saulės“ pagrindinės mokyklos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="005521AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Direktoriui </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2"/>
-[...3 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="005521AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>PRAŠYMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="005521AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">DĖL </w:t>
       </w:r>
-      <w:r w:rsidR="00915726">
-        <w:rPr>
+      <w:r w:rsidR="00915726" w:rsidRPr="005521AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>LAISVŲ DIENŲ PAGAL KOLEKTYVINĘ SUTARTĮ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidTr="0067036B">
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidTr="0067036B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1881972060"/>
             <w:placeholder>
               <w:docPart w:val="D36033E429F94079B944D21A7C9CC4D3"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date w:fullDate="2025-05-05T00:00:00Z">
               <w:dateFormat w:val="yyyy-MM-dd"/>
               <w:lid w:val="lt-LT"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2268" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="00B82CD5" w:rsidP="00B82CD5">
+              <w:p w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidRDefault="00B82CD5" w:rsidP="00B82CD5">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="000875C1">
+                <w:r w:rsidRPr="005521AB">
                   <w:rPr>
                     <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>Norėdami įvesti datą, spustelėkite arba bakstelėkite čia.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidTr="0067036B">
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidTr="0067036B">
         <w:trPr>
           <w:trHeight w:val="318"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
+          <w:p w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F249B8">
+            <w:r w:rsidRPr="005521AB">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>(data)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
+          <w:p w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F249B8">
+            <w:r w:rsidRPr="005521AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Joniškis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00F249B8">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005521AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="000B38CB">
-        <w:rPr>
+      <w:r w:rsidR="000B38CB" w:rsidRPr="005521AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Prašau nuo </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:id w:val="-1228999734"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="yyyy-MM-dd"/>
             <w:lid w:val="lt-LT"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="000B38CB" w:rsidRPr="000875C1">
+          <w:r w:rsidR="000B38CB" w:rsidRPr="005521AB">
             <w:rPr>
               <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
-              <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Norėdami įvesti datą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00B65FCB">
-        <w:rPr>
+      <w:r w:rsidR="00B65FCB" w:rsidRPr="005521AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000B38CB">
-        <w:rPr>
+      <w:r w:rsidR="000B38CB" w:rsidRPr="005521AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">iki </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:id w:val="-1394350768"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="yyyy-MM-dd"/>
             <w:lid w:val="lt-LT"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="000B38CB" w:rsidRPr="000875C1">
+          <w:r w:rsidR="000B38CB" w:rsidRPr="005521AB">
             <w:rPr>
               <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
-              <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Norėdami įvesti datą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="000B38CB">
-        <w:rPr>
+      <w:r w:rsidR="000B38CB" w:rsidRPr="005521AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00605E07">
-        <w:rPr>
+      <w:r w:rsidR="00605E07" w:rsidRPr="005521AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">man </w:t>
       </w:r>
-      <w:r w:rsidR="00296E8A">
-        <w:rPr>
+      <w:r w:rsidR="00296E8A" w:rsidRPr="005521AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>suteikti</w:t>
       </w:r>
-      <w:r w:rsidR="000B38CB" w:rsidRPr="000B38CB">
-        <w:rPr>
+      <w:r w:rsidR="000B38CB" w:rsidRPr="005521AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:alias w:val="Darbo dienų skaičius"/>
           <w:tag w:val="Darbo dienų skaičius"/>
           <w:id w:val="-887485462"/>
           <w:placeholder>
             <w:docPart w:val="E7F8C19DE19244BC8C3811E747880C77"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="000B38CB" w:rsidRPr="00151D48">
+          <w:r w:rsidR="000B38CB" w:rsidRPr="005521AB">
             <w:rPr>
               <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
-              <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00A2324C">
-        <w:rPr>
+      <w:r w:rsidR="00A2324C" w:rsidRPr="005521AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000B38CB">
-        <w:rPr>
+      <w:r w:rsidR="000B38CB" w:rsidRPr="005521AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>laisvas dienas</w:t>
       </w:r>
-      <w:r w:rsidR="00A2324C">
-        <w:rPr>
+      <w:r w:rsidR="00A2324C" w:rsidRPr="005521AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00296E8A">
-        <w:rPr>
+      <w:r w:rsidR="00296E8A" w:rsidRPr="005521AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>pagal Joniški</w:t>
       </w:r>
-      <w:r w:rsidR="00151D48">
-        <w:rPr>
+      <w:r w:rsidR="00151D48" w:rsidRPr="005521AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">o „Saulės“ pagrindinės mokyklos </w:t>
       </w:r>
-      <w:r w:rsidR="00605E07">
-        <w:rPr>
+      <w:r w:rsidR="00605E07" w:rsidRPr="005521AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2019-10-15 </w:t>
       </w:r>
-      <w:r w:rsidR="00296E8A">
-        <w:rPr>
+      <w:r w:rsidR="00296E8A" w:rsidRPr="005521AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">kolektyvinės sutarties </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:alias w:val="Kolektyvinės sutarties punkto nr"/>
           <w:tag w:val="Kolektyvinės sutarties punkto nr"/>
           <w:id w:val="1585646981"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00B65FCB" w:rsidRPr="00151D48">
+          <w:r w:rsidR="00B65FCB" w:rsidRPr="005521AB">
             <w:rPr>
               <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
-              <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00296E8A">
-        <w:rPr>
+      <w:r w:rsidR="00296E8A" w:rsidRPr="005521AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> punktą</w:t>
       </w:r>
-      <w:r w:rsidR="00495BF5">
-        <w:rPr>
+      <w:r w:rsidR="00495BF5" w:rsidRPr="005521AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="1296"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="1296"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="005521AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Esu </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="005521AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>informuotas (-a)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="005521AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, kad mano asmens duomenys yra tvarkomi įstaigos vidaus administravimo tikslu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="1296"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="005521AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Taip pat esu </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="005521AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>informuotas (-a)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="005521AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, kad turiu teisę susipažinti su savo duomenimis, reikalauti ištaisyti neteisingus, neišsamius, netikslius mano asmens duomenis, reikalauti sustabdyti duomenų tvarkymo veiksmus bei reikalauti sunaikinti neteisėtai, nesąžiningai sukauptus mano asmens duomenis.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="005521AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="005521AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="167"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4360"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidTr="0067036B">
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidTr="0067036B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="00000CB7" w:rsidP="00296E8A">
+          <w:p w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidRDefault="00000CB7" w:rsidP="00296E8A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="underscore" w:pos="9356"/>
               </w:tabs>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="005521AB">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">             </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-280419897"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00B65FCB" w:rsidRPr="000875C1">
+                <w:r w:rsidR="00B65FCB" w:rsidRPr="005521AB">
                   <w:rPr>
                     <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
-                    <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidTr="0067036B">
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidTr="0067036B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="00B65FCB">
+          <w:p w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidRDefault="008D5FD2" w:rsidP="00B65FCB">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F249B8">
+            <w:r w:rsidRPr="005521AB">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(vardas, pavardė)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="005521AB" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00403782" w:rsidRDefault="00403782"/>
-    <w:sectPr w:rsidR="00403782" w:rsidSect="00183436">
+    <w:p w:rsidR="00403782" w:rsidRPr="005521AB" w:rsidRDefault="00403782">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00403782" w:rsidRPr="005521AB" w:rsidSect="00183436">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="wgxL2EkXzDHdMyHSrBkq3PrTW/dGLP1+2+OLYIQwdrYCm3JTVk+T+hoL/Y7q9j3tKCBtMtPk+5sjlBWD+mHTOg==" w:salt="MTlScOQPTg5q5lnb9C92lA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Lsg2Fgjaf0sgY17ITGOzC0rPiwayyHw2o/v/D05RXvyxiVKDULGYYR5Dwi6Ip/qD11oVCKcJ2G46J2uI1sSHLQ==" w:salt="s6dk7VOH1a6KzIhNdaRpRQ=="/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008D5FD2"/>
     <w:rsid w:val="00000CB7"/>
     <w:rsid w:val="0000353A"/>
     <w:rsid w:val="0002094F"/>
     <w:rsid w:val="00034B81"/>
     <w:rsid w:val="000875C1"/>
     <w:rsid w:val="000A501E"/>
     <w:rsid w:val="000B38CB"/>
     <w:rsid w:val="000C5829"/>
     <w:rsid w:val="000F6472"/>
     <w:rsid w:val="00112399"/>
     <w:rsid w:val="00133513"/>
     <w:rsid w:val="00151D48"/>
     <w:rsid w:val="00151D54"/>
     <w:rsid w:val="001D7220"/>
     <w:rsid w:val="00250DC7"/>
     <w:rsid w:val="002536CD"/>
     <w:rsid w:val="00296E8A"/>
     <w:rsid w:val="0030313C"/>
     <w:rsid w:val="00343532"/>
     <w:rsid w:val="003C0F6A"/>
     <w:rsid w:val="00403782"/>
     <w:rsid w:val="00432F60"/>
     <w:rsid w:val="004408FF"/>
     <w:rsid w:val="00495BF5"/>
     <w:rsid w:val="00506B53"/>
+    <w:rsid w:val="005521AB"/>
     <w:rsid w:val="005523D2"/>
     <w:rsid w:val="00584214"/>
     <w:rsid w:val="005B124E"/>
     <w:rsid w:val="005C02D0"/>
     <w:rsid w:val="005C3A29"/>
     <w:rsid w:val="00605E07"/>
     <w:rsid w:val="0061202A"/>
     <w:rsid w:val="0064481C"/>
     <w:rsid w:val="006664E8"/>
     <w:rsid w:val="007073EB"/>
     <w:rsid w:val="007347F4"/>
     <w:rsid w:val="007943AC"/>
     <w:rsid w:val="007A1552"/>
     <w:rsid w:val="007A3C6E"/>
     <w:rsid w:val="008027B8"/>
     <w:rsid w:val="00863EDB"/>
     <w:rsid w:val="008746DD"/>
     <w:rsid w:val="008B7276"/>
     <w:rsid w:val="008D5FD2"/>
     <w:rsid w:val="009044B2"/>
     <w:rsid w:val="00915726"/>
     <w:rsid w:val="00934F1B"/>
     <w:rsid w:val="00943DE5"/>
     <w:rsid w:val="009A5DFF"/>
     <w:rsid w:val="00A13E09"/>
     <w:rsid w:val="00A2324C"/>
     <w:rsid w:val="00A52F76"/>
     <w:rsid w:val="00A55A2B"/>
     <w:rsid w:val="00A8735B"/>
     <w:rsid w:val="00B12C55"/>
     <w:rsid w:val="00B65FCB"/>
     <w:rsid w:val="00B82CD5"/>
     <w:rsid w:val="00BD3BDE"/>
     <w:rsid w:val="00C540C9"/>
     <w:rsid w:val="00CA3D2D"/>
     <w:rsid w:val="00DE2DD8"/>
     <w:rsid w:val="00E03C9D"/>
     <w:rsid w:val="00E2294D"/>
     <w:rsid w:val="00F01F2F"/>
     <w:rsid w:val="00F06DDE"/>
+    <w:rsid w:val="00FF51FF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6351995E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{738C0AF1-F664-41D9-9436-C7CA95EBBCBE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -1747,50 +1875,57 @@
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -1804,72 +1939,74 @@
     <w:rsid w:val="00183C2C"/>
     <w:rsid w:val="001E4D77"/>
     <w:rsid w:val="00252221"/>
     <w:rsid w:val="00266522"/>
     <w:rsid w:val="002D097A"/>
     <w:rsid w:val="002E2FBD"/>
     <w:rsid w:val="0033145C"/>
     <w:rsid w:val="0034461D"/>
     <w:rsid w:val="00386BC5"/>
     <w:rsid w:val="003A6C5E"/>
     <w:rsid w:val="003C760C"/>
     <w:rsid w:val="003E227D"/>
     <w:rsid w:val="00471EB2"/>
     <w:rsid w:val="004D1ED6"/>
     <w:rsid w:val="00563F4D"/>
     <w:rsid w:val="00666F2D"/>
     <w:rsid w:val="006A6BA9"/>
     <w:rsid w:val="00734B13"/>
     <w:rsid w:val="007454D3"/>
     <w:rsid w:val="00751D1F"/>
     <w:rsid w:val="00773A6B"/>
     <w:rsid w:val="007D3E5F"/>
     <w:rsid w:val="00810468"/>
     <w:rsid w:val="008565D9"/>
     <w:rsid w:val="008E0006"/>
+    <w:rsid w:val="009A33AD"/>
     <w:rsid w:val="009B073F"/>
     <w:rsid w:val="00A21E69"/>
     <w:rsid w:val="00A4176E"/>
     <w:rsid w:val="00B754C4"/>
     <w:rsid w:val="00B94E1B"/>
     <w:rsid w:val="00C01D85"/>
     <w:rsid w:val="00C13D3E"/>
     <w:rsid w:val="00C676B6"/>
     <w:rsid w:val="00C920B3"/>
     <w:rsid w:val="00CA787A"/>
     <w:rsid w:val="00CC6F74"/>
     <w:rsid w:val="00CF0BA9"/>
     <w:rsid w:val="00CF1521"/>
     <w:rsid w:val="00D31FCC"/>
     <w:rsid w:val="00D53F46"/>
     <w:rsid w:val="00D550BE"/>
     <w:rsid w:val="00DC63D1"/>
     <w:rsid w:val="00DF29ED"/>
     <w:rsid w:val="00E222D4"/>
     <w:rsid w:val="00E71369"/>
     <w:rsid w:val="00EA4274"/>
     <w:rsid w:val="00F3044E"/>
+    <w:rsid w:val="00F95A93"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
@@ -2571,70 +2708,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>793</Words>
+  <Words>792</Words>
   <Characters>453</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1244</CharactersWithSpaces>
+  <CharactersWithSpaces>1243</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Edita-duc</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>