--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -16,885 +16,1002 @@
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="1187"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7088"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00921E6E" w:rsidRPr="00B45E0B" w:rsidTr="0088759F">
+      <w:tr w:rsidR="00921E6E" w:rsidRPr="00311F5C" w:rsidTr="0088759F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00921E6E" w:rsidRPr="007C5854" w:rsidRDefault="00CF2ABD" w:rsidP="000B0386">
+          <w:p w:rsidR="00921E6E" w:rsidRPr="00311F5C" w:rsidRDefault="00684D3C" w:rsidP="000B0386">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9639"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="28852119"/>
                 <w:placeholder>
                   <w:docPart w:val="7146716ECEA547A994C2097ABE3A8318"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="000B0386" w:rsidRPr="000B0386">
+                <w:r w:rsidR="000B0386" w:rsidRPr="00311F5C">
                   <w:rPr>
                     <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00921E6E" w:rsidRPr="00B45E0B" w:rsidTr="0088759F">
+      <w:tr w:rsidR="00921E6E" w:rsidRPr="00311F5C" w:rsidTr="0088759F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00921E6E" w:rsidRPr="00B45E0B" w:rsidRDefault="00921E6E" w:rsidP="0088759F">
+          <w:p w:rsidR="00921E6E" w:rsidRPr="00311F5C" w:rsidRDefault="00921E6E" w:rsidP="0088759F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00560A77">
+            <w:r w:rsidRPr="00311F5C">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(vardas, pavardė)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00921E6E" w:rsidRPr="00B45E0B" w:rsidTr="0088759F">
+      <w:tr w:rsidR="00921E6E" w:rsidRPr="00311F5C" w:rsidTr="0088759F">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00921E6E" w:rsidRPr="007C5854" w:rsidRDefault="00CF2ABD" w:rsidP="000D498B">
+          <w:p w:rsidR="00921E6E" w:rsidRPr="00311F5C" w:rsidRDefault="00684D3C" w:rsidP="000D498B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9639"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="239910548"/>
                 <w:placeholder>
                   <w:docPart w:val="5E553C561ABF43A5ABDC911FCEFDF4A7"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="000D498B" w:rsidRPr="000B0386">
+                <w:r w:rsidR="000D498B" w:rsidRPr="00311F5C">
                   <w:rPr>
                     <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00921E6E" w:rsidRPr="00B45E0B" w:rsidTr="0088759F">
+      <w:tr w:rsidR="00921E6E" w:rsidRPr="00311F5C" w:rsidTr="0088759F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00921E6E" w:rsidRPr="007C5854" w:rsidRDefault="00921E6E" w:rsidP="0088759F">
+          <w:p w:rsidR="00921E6E" w:rsidRPr="00311F5C" w:rsidRDefault="00921E6E" w:rsidP="0088759F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00311F5C">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(pareigos</w:t>
-[...6 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>(pareigos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004F7DE2" w:rsidRDefault="004F7DE2" w:rsidP="004F7DE2">
+    <w:p w:rsidR="004F7DE2" w:rsidRPr="00311F5C" w:rsidRDefault="004F7DE2" w:rsidP="004F7DE2">
       <w:pPr>
         <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00061EDE" w:rsidRDefault="00061EDE" w:rsidP="004F7DE2">
+    <w:p w:rsidR="00061EDE" w:rsidRPr="00311F5C" w:rsidRDefault="00061EDE" w:rsidP="004F7DE2">
       <w:pPr>
         <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB2D33" w:rsidRDefault="00DB2D33" w:rsidP="004F7DE2">
+    <w:p w:rsidR="00DB2D33" w:rsidRPr="00311F5C" w:rsidRDefault="00DB2D33" w:rsidP="004F7DE2">
       <w:pPr>
         <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00921E6E" w:rsidRDefault="00921E6E" w:rsidP="004F7DE2">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00921E6E" w:rsidRPr="00311F5C" w:rsidRDefault="00921E6E" w:rsidP="004F7DE2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00921E6E" w:rsidRDefault="00921E6E" w:rsidP="004F7DE2">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00921E6E" w:rsidRPr="00311F5C" w:rsidRDefault="00921E6E" w:rsidP="004F7DE2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00921E6E" w:rsidRDefault="00921E6E" w:rsidP="004F7DE2">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00921E6E" w:rsidRPr="00311F5C" w:rsidRDefault="00921E6E" w:rsidP="004F7DE2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00921E6E" w:rsidRDefault="00921E6E" w:rsidP="004F7DE2">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00921E6E" w:rsidRPr="00311F5C" w:rsidRDefault="00921E6E" w:rsidP="004F7DE2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00921E6E" w:rsidRDefault="00921E6E" w:rsidP="004F7DE2">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00921E6E" w:rsidRPr="00311F5C" w:rsidRDefault="00921E6E" w:rsidP="004F7DE2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB2D33" w:rsidRPr="00DB2D33" w:rsidRDefault="00DB2D33" w:rsidP="004F7DE2">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00DB2D33" w:rsidRPr="00311F5C" w:rsidRDefault="00DB2D33" w:rsidP="004F7DE2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DB2D33">
-        <w:rPr>
+      <w:r w:rsidRPr="00311F5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Joniškio „Saulės“ </w:t>
       </w:r>
-      <w:r w:rsidR="00C03771">
-        <w:rPr>
+      <w:r w:rsidR="00C03771" w:rsidRPr="00311F5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>pagrindinės</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DB2D33">
-        <w:rPr>
+      <w:r w:rsidRPr="00311F5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> mokyklos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F7DE2" w:rsidRPr="00C03771" w:rsidRDefault="000042AD" w:rsidP="004F7DE2">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="004F7DE2" w:rsidRPr="00311F5C" w:rsidRDefault="000042AD" w:rsidP="004F7DE2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00311F5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidR="004F7DE2" w:rsidRPr="00DB2D33">
-        <w:rPr>
+      <w:r w:rsidR="004F7DE2" w:rsidRPr="00311F5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>irektoriui</w:t>
       </w:r>
-      <w:r w:rsidR="00C03771">
-        <w:rPr>
+      <w:r w:rsidR="00C03771" w:rsidRPr="00311F5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C61E3C" w:rsidRDefault="00C61E3C" w:rsidP="004F7DE2"/>
-[...3 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00C61E3C" w:rsidRPr="00311F5C" w:rsidRDefault="00C61E3C" w:rsidP="004F7DE2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C61E3C" w:rsidRPr="00311F5C" w:rsidRDefault="00C61E3C" w:rsidP="004F7DE2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005922CA" w:rsidRPr="00311F5C" w:rsidRDefault="005922CA" w:rsidP="00DB2D33">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C61E3C" w:rsidRPr="000042AD" w:rsidRDefault="00C61E3C" w:rsidP="00C61E3C">
+    <w:p w:rsidR="00C61E3C" w:rsidRPr="00311F5C" w:rsidRDefault="00C61E3C" w:rsidP="00C61E3C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000042AD">
-        <w:rPr>
+      <w:r w:rsidRPr="00311F5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>PRAŠYMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C61E3C" w:rsidRPr="000042AD" w:rsidRDefault="005922CA" w:rsidP="00C61E3C">
+    <w:p w:rsidR="00C61E3C" w:rsidRPr="00311F5C" w:rsidRDefault="005922CA" w:rsidP="00C61E3C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000042AD">
-        <w:rPr>
+      <w:r w:rsidRPr="00311F5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">DĖL </w:t>
       </w:r>
-      <w:r w:rsidR="00E7707F">
-        <w:rPr>
+      <w:r w:rsidR="00E7707F" w:rsidRPr="00311F5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>KASMETINIŲ ATOSTOGŲ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00994D27" w:rsidRDefault="00994D27" w:rsidP="00C61E3C">
+    <w:p w:rsidR="00994D27" w:rsidRPr="00311F5C" w:rsidRDefault="00994D27" w:rsidP="00C61E3C">
       <w:pPr>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00921E6E" w:rsidRPr="00B45E0B" w:rsidTr="0088759F">
+      <w:tr w:rsidR="00921E6E" w:rsidRPr="00311F5C" w:rsidTr="0088759F">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1881972060"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date w:fullDate="2020-01-06T00:00:00Z">
               <w:dateFormat w:val="yyyy-MM-dd"/>
               <w:lid w:val="lt-LT"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2268" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w:rsidR="00921E6E" w:rsidRPr="00CF4346" w:rsidRDefault="000F13E6" w:rsidP="000F13E6">
+              <w:p w:rsidR="00921E6E" w:rsidRPr="00311F5C" w:rsidRDefault="000F13E6" w:rsidP="000F13E6">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00DB0E16">
+                <w:r w:rsidRPr="00311F5C">
                   <w:rPr>
                     <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>Norėdami įvesti datą, spustelėkite arba bakstelėkite čia.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00921E6E" w:rsidRPr="00B45E0B" w:rsidTr="000F13E6">
+      <w:tr w:rsidR="00921E6E" w:rsidRPr="00311F5C" w:rsidTr="000F13E6">
         <w:trPr>
           <w:trHeight w:val="318"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00921E6E" w:rsidRPr="00B45E0B" w:rsidRDefault="00921E6E" w:rsidP="0088759F">
+          <w:p w:rsidR="00921E6E" w:rsidRPr="00311F5C" w:rsidRDefault="00921E6E" w:rsidP="0088759F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B45E0B">
+            <w:r w:rsidRPr="00311F5C">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>(data)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00921E6E" w:rsidRPr="00B45E0B" w:rsidRDefault="00921E6E" w:rsidP="0088759F">
+          <w:p w:rsidR="00921E6E" w:rsidRPr="00311F5C" w:rsidRDefault="00921E6E" w:rsidP="0088759F">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00560A77">
+            <w:r w:rsidRPr="00311F5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Joniškis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006D0B96" w:rsidRDefault="006D0B96" w:rsidP="002671B7"/>
-    <w:p w:rsidR="00994D27" w:rsidRDefault="00994D27" w:rsidP="00C61E3C">
+    <w:p w:rsidR="006D0B96" w:rsidRPr="00311F5C" w:rsidRDefault="006D0B96" w:rsidP="002671B7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00994D27" w:rsidRPr="00311F5C" w:rsidRDefault="00994D27" w:rsidP="00C61E3C">
       <w:pPr>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006D0B96" w:rsidRDefault="006D0B96" w:rsidP="00C61E3C">
+    <w:p w:rsidR="006D0B96" w:rsidRPr="00311F5C" w:rsidRDefault="006D0B96" w:rsidP="00C61E3C">
       <w:pPr>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006D0B96" w:rsidRPr="007707B4" w:rsidRDefault="00D92999" w:rsidP="008C74C3">
+    <w:p w:rsidR="006D0B96" w:rsidRPr="00311F5C" w:rsidRDefault="00D92999" w:rsidP="008C74C3">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00311F5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E7707F" w:rsidRPr="00AB32A9">
-        <w:rPr>
+      <w:r w:rsidR="00E7707F" w:rsidRPr="00311F5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Prašau mane išleisti kasmetinių atostogų nuo</w:t>
       </w:r>
-      <w:r w:rsidR="007707B4">
-        <w:rPr>
+      <w:r w:rsidR="007707B4" w:rsidRPr="00311F5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:id w:val="-547682552"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date w:fullDate="2020-03-30T00:00:00Z">
             <w:dateFormat w:val="yyyy-MM-dd"/>
             <w:lid w:val="lt-LT"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00E7707F" w:rsidRPr="00DB0E16">
+          <w:r w:rsidR="00E7707F" w:rsidRPr="00311F5C">
             <w:rPr>
               <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Norėdami įvesti datą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00B14712" w:rsidRPr="00B14712">
-        <w:rPr>
+      <w:r w:rsidR="00B14712" w:rsidRPr="00311F5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E7707F">
-        <w:rPr>
+      <w:r w:rsidR="00E7707F" w:rsidRPr="00311F5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">iki </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:id w:val="1934087170"/>
           <w:placeholder>
             <w:docPart w:val="F635A4C995B84A66B47BE408214926B5"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date w:fullDate="2020-05-08T00:00:00Z">
             <w:dateFormat w:val="yyyy-MM-dd"/>
             <w:lid w:val="lt-LT"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00E7707F" w:rsidRPr="00DB0E16">
+          <w:r w:rsidR="00E7707F" w:rsidRPr="00311F5C">
             <w:rPr>
               <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Norėdami įvesti datą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00E7707F">
-        <w:rPr>
+      <w:r w:rsidR="00E7707F" w:rsidRPr="00311F5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> įskaitytinai.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0060695E" w:rsidRDefault="00D36096" w:rsidP="006A087F">
+    <w:p w:rsidR="0060695E" w:rsidRPr="00311F5C" w:rsidRDefault="00D36096" w:rsidP="006A087F">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="1298"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="00311F5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Prašau man priskaičiuotus atostoginius mokėti įprasta darbo užmokesčio mokėjimo tvarka.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D36096" w:rsidRDefault="00D36096" w:rsidP="0060695E">
+    <w:p w:rsidR="00D36096" w:rsidRPr="00311F5C" w:rsidRDefault="00D36096" w:rsidP="0060695E">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="1296"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0060695E" w:rsidRDefault="0060695E" w:rsidP="0060695E">
+    <w:p w:rsidR="0060695E" w:rsidRPr="00311F5C" w:rsidRDefault="0060695E" w:rsidP="0060695E">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="1296"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AB32A9">
-        <w:rPr>
+      <w:r w:rsidRPr="00311F5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Esu </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB32A9">
-        <w:rPr>
+      <w:r w:rsidRPr="00311F5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>informuotas (-a)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB32A9">
-        <w:rPr>
+      <w:r w:rsidRPr="00311F5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, kad mano asmens duomenys yra tvarkomi įstaigos vidaus administravimo tikslu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00880110" w:rsidRPr="0060695E" w:rsidRDefault="0060695E" w:rsidP="0060695E">
+    <w:p w:rsidR="00880110" w:rsidRPr="00311F5C" w:rsidRDefault="0060695E" w:rsidP="0060695E">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="1296"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AB32A9">
-        <w:rPr>
+      <w:r w:rsidRPr="00311F5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Taip pat esu </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB32A9">
-        <w:rPr>
+      <w:r w:rsidRPr="00311F5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>informuotas (-a)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB32A9">
-        <w:rPr>
+      <w:r w:rsidRPr="00311F5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, kad turiu teisę susipažinti su savo duomenimis, reikalauti ištaisyti neteisingus, neišsamius, netikslius mano asmens duomenis, reikalauti sustabdyti duomenų tvarkymo veiksmus bei reikalauti sunaikinti neteisėtai, nesąžiningai sukauptus mano asmens duomenis.</w:t>
       </w:r>
-      <w:r w:rsidR="006D0B96">
+      <w:r w:rsidR="006D0B96" w:rsidRPr="00311F5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="006D0B96">
+      <w:r w:rsidR="006D0B96" w:rsidRPr="00311F5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C74C3" w:rsidRDefault="008C74C3" w:rsidP="008C74C3">
+    <w:p w:rsidR="008C74C3" w:rsidRPr="00311F5C" w:rsidRDefault="008C74C3" w:rsidP="008C74C3">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008C74C3" w:rsidRDefault="008C74C3" w:rsidP="008C74C3">
+    <w:p w:rsidR="008C74C3" w:rsidRPr="00311F5C" w:rsidRDefault="008C74C3" w:rsidP="008C74C3">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="167"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4360"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E7707F" w:rsidRPr="00B45E0B" w:rsidTr="00E7707F">
+      <w:tr w:rsidR="00E7707F" w:rsidRPr="00311F5C" w:rsidTr="00E7707F">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-75819885"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4360" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w:rsidR="00E7707F" w:rsidRPr="007C5854" w:rsidRDefault="006A087F" w:rsidP="0088759F">
+              <w:p w:rsidR="00E7707F" w:rsidRPr="00311F5C" w:rsidRDefault="006A087F" w:rsidP="0088759F">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="left" w:leader="underscore" w:pos="9356"/>
                   </w:tabs>
                   <w:jc w:val="center"/>
                   <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00DB0E16">
+                <w:r w:rsidRPr="00311F5C">
                   <w:rPr>
                     <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00E7707F" w:rsidRPr="00B45E0B" w:rsidTr="00E7707F">
+      <w:tr w:rsidR="00E7707F" w:rsidRPr="00311F5C" w:rsidTr="00E7707F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E7707F" w:rsidRPr="00B45E0B" w:rsidRDefault="00E7707F" w:rsidP="0088759F">
+          <w:p w:rsidR="00E7707F" w:rsidRPr="00311F5C" w:rsidRDefault="00E7707F" w:rsidP="0088759F">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00311F5C">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(vardas, pavardė</w:t>
-[...6 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>(vardas, pavardė)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DB2D33" w:rsidRPr="00C61E3C" w:rsidRDefault="00DB2D33" w:rsidP="00921E6E">
+    <w:p w:rsidR="00DB2D33" w:rsidRPr="00311F5C" w:rsidRDefault="00DB2D33" w:rsidP="00921E6E">
       <w:pPr>
         <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00DB2D33" w:rsidRPr="00C61E3C" w:rsidSect="00183436">
+    <w:sectPr w:rsidR="00DB2D33" w:rsidRPr="00311F5C" w:rsidSect="00183436">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="473156A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="258CC9AC"/>
     <w:lvl w:ilvl="0" w:tplc="C42C6C62">
@@ -996,91 +1113,92 @@
         <w:ind w:left="6645" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7365"/>
         </w:tabs>
         <w:ind w:left="7365" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="yFeC8/PDje2Y9se22qwU1VaILy5qpZlpQmYDT8r7hRKMYQ8OJwhKl9KNqxc8T8+Ps+vGtxqIePW7LSi9AK6QBQ==" w:salt="wUefbhKdbwiZK4PZEFwYsg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="+tb3rrDAT0WnPCr9h4hs3UBH6TuGwhnaaTmV13Hqacyk3YB1sjoqaR+HpkkkPNAhobdxZ5eifkhItV7VVRzoBw==" w:salt="1MMq5R2tNSoIlgvisBiQ5Q=="/>
   <w:defaultTabStop w:val="1247"/>
   <w:hyphenationZone w:val="396"/>
   <w:drawingGridHorizontalSpacing w:val="187"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004F7DE2"/>
     <w:rsid w:val="000042AD"/>
     <w:rsid w:val="00061EDE"/>
     <w:rsid w:val="0008322E"/>
     <w:rsid w:val="000B0386"/>
     <w:rsid w:val="000D498B"/>
     <w:rsid w:val="000F13E6"/>
     <w:rsid w:val="001405BD"/>
     <w:rsid w:val="00144912"/>
     <w:rsid w:val="00164ABD"/>
     <w:rsid w:val="00183436"/>
     <w:rsid w:val="00224B81"/>
     <w:rsid w:val="002611E1"/>
     <w:rsid w:val="00262204"/>
     <w:rsid w:val="002671B7"/>
     <w:rsid w:val="002E5197"/>
+    <w:rsid w:val="00311F5C"/>
     <w:rsid w:val="00327E73"/>
     <w:rsid w:val="00413A12"/>
     <w:rsid w:val="004F7DE2"/>
     <w:rsid w:val="005922CA"/>
     <w:rsid w:val="005B2E29"/>
     <w:rsid w:val="005D080D"/>
     <w:rsid w:val="0060695E"/>
     <w:rsid w:val="00607EFA"/>
     <w:rsid w:val="00680210"/>
+    <w:rsid w:val="00684D3C"/>
     <w:rsid w:val="006A087F"/>
     <w:rsid w:val="006D0B96"/>
     <w:rsid w:val="00752C5F"/>
     <w:rsid w:val="007707B4"/>
     <w:rsid w:val="00836B82"/>
     <w:rsid w:val="00880110"/>
     <w:rsid w:val="008C74C3"/>
     <w:rsid w:val="00921E6E"/>
     <w:rsid w:val="00931723"/>
     <w:rsid w:val="009614FD"/>
     <w:rsid w:val="00987CB6"/>
     <w:rsid w:val="00994D27"/>
     <w:rsid w:val="00A749F5"/>
     <w:rsid w:val="00A764BF"/>
     <w:rsid w:val="00B0482B"/>
     <w:rsid w:val="00B14712"/>
     <w:rsid w:val="00B44DEC"/>
     <w:rsid w:val="00B5243F"/>
     <w:rsid w:val="00BD0898"/>
     <w:rsid w:val="00C03771"/>
     <w:rsid w:val="00C5170F"/>
     <w:rsid w:val="00C61E3C"/>
     <w:rsid w:val="00CF2ABD"/>
     <w:rsid w:val="00D36096"/>
     <w:rsid w:val="00D92999"/>
@@ -1747,100 +1865,109 @@
             <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003629E8"/>
     <w:rsid w:val="0000073A"/>
+    <w:rsid w:val="000A6ED7"/>
     <w:rsid w:val="002061AA"/>
     <w:rsid w:val="0029421F"/>
     <w:rsid w:val="002F790F"/>
     <w:rsid w:val="0030659F"/>
     <w:rsid w:val="003629E8"/>
     <w:rsid w:val="00406455"/>
     <w:rsid w:val="0052573E"/>
     <w:rsid w:val="006F709D"/>
     <w:rsid w:val="00843FC1"/>
+    <w:rsid w:val="00890C0F"/>
     <w:rsid w:val="00A347E0"/>
     <w:rsid w:val="00AE516B"/>
     <w:rsid w:val="00B60646"/>
     <w:rsid w:val="00BB001A"/>
     <w:rsid w:val="00C938CD"/>
     <w:rsid w:val="00CE4F1A"/>
     <w:rsid w:val="00D02545"/>
     <w:rsid w:val="00D55E26"/>
     <w:rsid w:val="00EE3FC7"/>
     <w:rsid w:val="00F055CE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
@@ -2576,51 +2703,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6425B3E-5464-4094-B391-A1F41DEEF2DD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{97FC2D28-F652-405E-ABCB-D7B35C5BDA7C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>689</Words>
   <Characters>394</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>