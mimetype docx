--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -4,933 +4,1075 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00D53638" w:rsidRDefault="00D53638"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00D53638" w:rsidRPr="00F249B8" w:rsidRDefault="00D53638" w:rsidP="00D53638">
+    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="0087114C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="00D53638">
       <w:pPr>
         <w:jc w:val="right"/>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="1187"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7088"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D53638" w:rsidRPr="00F249B8" w:rsidTr="001A48E7">
+      <w:tr w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidTr="001A48E7">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1621916746"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7088" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w:rsidR="00D53638" w:rsidRPr="00E87678" w:rsidRDefault="00974195" w:rsidP="001A48E7">
+              <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00974195" w:rsidP="001A48E7">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="right" w:pos="9639"/>
                   </w:tabs>
                   <w:spacing w:line="276" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00036D20">
+                <w:r w:rsidRPr="0087114C">
                   <w:rPr>
                     <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
-                    <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00D53638" w:rsidRPr="00F249B8" w:rsidTr="001A48E7">
+      <w:tr w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidTr="001A48E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D53638" w:rsidRPr="00893129" w:rsidRDefault="00263F95" w:rsidP="001A48E7">
+          <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00263F95" w:rsidP="001A48E7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00893129">
+            <w:r w:rsidRPr="0087114C">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(vardas, pavardė)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D53638" w:rsidRPr="00F249B8" w:rsidTr="001A48E7">
+      <w:tr w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidTr="001A48E7">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1720963815"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7088" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w:rsidR="00D53638" w:rsidRPr="00263F95" w:rsidRDefault="00974195" w:rsidP="001A48E7">
+              <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00974195" w:rsidP="001A48E7">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="right" w:pos="9639"/>
                   </w:tabs>
                   <w:spacing w:line="276" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00036D20">
+                <w:r w:rsidRPr="0087114C">
                   <w:rPr>
                     <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
-                    <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00D53638" w:rsidRPr="00F249B8" w:rsidTr="001A48E7">
+      <w:tr w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidTr="001A48E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D53638" w:rsidRPr="00F249B8" w:rsidRDefault="00D53638" w:rsidP="001A48E7">
+          <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="001A48E7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F249B8">
+            <w:r w:rsidRPr="0087114C">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(pareigos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D53638" w:rsidRPr="00F249B8" w:rsidRDefault="00D53638" w:rsidP="00D53638">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="00D53638">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D53638" w:rsidRPr="00F249B8" w:rsidRDefault="00D53638" w:rsidP="00D53638">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="00D53638">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="0087114C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Joniškio „Saulės“ pagrindinės mokyklos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D53638" w:rsidRPr="00F249B8" w:rsidRDefault="00D53638" w:rsidP="00D53638">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="00D53638">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="0087114C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Direktoriui </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D53638" w:rsidRPr="00F249B8" w:rsidRDefault="00D53638" w:rsidP="00D53638"/>
-[...3 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="00D53638">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="00D53638">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D53638" w:rsidRPr="00F249B8" w:rsidRDefault="00D53638" w:rsidP="00D53638">
+    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="00D53638">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="0087114C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>PRAŠYMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D53638" w:rsidRPr="00F249B8" w:rsidRDefault="00D53638" w:rsidP="00D53638">
+    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="00D53638">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="0087114C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>DĖL KASMETINIŲ</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> ATOSTOGŲ</w:t>
+        <w:t>DĖL KASMETINIŲ (PROFSĄJUNGOS) ATOSTOGŲ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D53638" w:rsidRPr="00F249B8" w:rsidRDefault="00D53638" w:rsidP="00D53638">
+    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="00D53638">
       <w:pPr>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D53638" w:rsidRPr="00F249B8" w:rsidTr="001A48E7">
+      <w:tr w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidTr="001A48E7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-245192744"/>
             <w:placeholder>
               <w:docPart w:val="ADB3B53F8C484EBABBA557A9DDCE9655"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date w:fullDate="2023-01-06T00:00:00Z">
               <w:dateFormat w:val="yyyy-MM-dd"/>
               <w:lid w:val="lt-LT"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2268" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w:rsidR="00D53638" w:rsidRPr="00F249B8" w:rsidRDefault="001277F6" w:rsidP="001277F6">
+              <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="001277F6" w:rsidP="001277F6">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00036D20">
+                <w:r w:rsidRPr="0087114C">
                   <w:rPr>
                     <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>Norėdami įvesti datą, spustelėkite arba bakstelėkite čia.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00D53638" w:rsidRPr="00F249B8" w:rsidTr="001A48E7">
+      <w:tr w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidTr="001A48E7">
         <w:trPr>
           <w:trHeight w:val="318"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D53638" w:rsidRPr="00F249B8" w:rsidRDefault="00D53638" w:rsidP="001A48E7">
+          <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="001A48E7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F249B8">
+            <w:r w:rsidRPr="0087114C">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>(data)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D53638" w:rsidRPr="00F249B8" w:rsidRDefault="00D53638" w:rsidP="001A48E7">
+          <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="001A48E7">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F249B8">
+            <w:r w:rsidRPr="0087114C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Joniškis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D53638" w:rsidRPr="00F249B8" w:rsidRDefault="00D53638" w:rsidP="00D53638">
+    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="00D53638">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D53638" w:rsidRPr="00F249B8" w:rsidRDefault="00D53638" w:rsidP="00D53638">
+    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="00D53638">
       <w:pPr>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D53638" w:rsidRPr="00F249B8" w:rsidRDefault="00D53638" w:rsidP="00D53638">
+    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="00D53638">
       <w:pPr>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D53638" w:rsidRPr="00F249B8" w:rsidRDefault="00D53638" w:rsidP="00D53638">
+    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="00D53638">
       <w:pPr>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00744FBD" w:rsidRDefault="00D53638" w:rsidP="00744FBD">
+    <w:p w:rsidR="00744FBD" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="00744FBD">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E50C2D">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087114C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="003F4C9B">
-        <w:rPr>
+      <w:r w:rsidR="003F4C9B" w:rsidRPr="0087114C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Prašau </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:id w:val="674316804"/>
           <w:placeholder>
             <w:docPart w:val="9F091D093F6F435E90A0D3C17A9217F2"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="yyyy-MM-dd"/>
             <w:lid w:val="lt-LT"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00B73C99" w:rsidRPr="00036D20">
+          <w:r w:rsidR="00B73C99" w:rsidRPr="0087114C">
             <w:rPr>
               <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Norėdami įvesti datą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00E50C2D">
-        <w:rPr>
+      <w:r w:rsidRPr="0087114C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003F4C9B">
-        <w:rPr>
+      <w:r w:rsidR="003F4C9B" w:rsidRPr="0087114C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>suteikti</w:t>
       </w:r>
-      <w:r w:rsidR="00B73C99">
-        <w:rPr>
+      <w:r w:rsidR="00B73C99" w:rsidRPr="0087114C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> man</w:t>
       </w:r>
-      <w:r w:rsidR="003F4C9B" w:rsidRPr="003F4C9B">
-        <w:rPr>
+      <w:r w:rsidR="003F4C9B" w:rsidRPr="0087114C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00974195">
-        <w:rPr>
+      <w:r w:rsidR="00974195" w:rsidRPr="0087114C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="003F4C9B">
-        <w:rPr>
+      <w:r w:rsidR="003F4C9B" w:rsidRPr="0087114C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E50C2D">
-        <w:rPr>
+      <w:r w:rsidRPr="0087114C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>dien</w:t>
       </w:r>
-      <w:r w:rsidR="0057004C">
-        <w:rPr>
+      <w:r w:rsidR="0057004C" w:rsidRPr="0087114C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ą</w:t>
       </w:r>
-      <w:r w:rsidR="004B2831" w:rsidRPr="00E50C2D">
-        <w:rPr>
+      <w:r w:rsidR="004B2831" w:rsidRPr="0087114C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E50C2D">
-        <w:rPr>
+      <w:r w:rsidRPr="0087114C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>kas</w:t>
       </w:r>
-      <w:r w:rsidR="003F4C9B">
-        <w:rPr>
+      <w:r w:rsidR="003F4C9B" w:rsidRPr="0087114C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>metinių (profsąjungos) atostogų</w:t>
       </w:r>
-      <w:r w:rsidR="001277F6" w:rsidRPr="00E50C2D">
-        <w:rPr>
+      <w:r w:rsidR="001277F6" w:rsidRPr="0087114C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E50C2D">
-        <w:rPr>
+      <w:r w:rsidRPr="0087114C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">pagal </w:t>
       </w:r>
-      <w:r w:rsidR="00830A90" w:rsidRPr="00830A90">
-        <w:rPr>
+      <w:r w:rsidR="00830A90" w:rsidRPr="0087114C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2017 m. lapkričio 22 d. Lietuvos švietimo ir mokslo šakos kolektyvinės sutarties </w:t>
       </w:r>
-      <w:r w:rsidR="00744FBD">
-        <w:rPr>
+      <w:r w:rsidR="00744FBD" w:rsidRPr="0087114C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00B73C99">
-        <w:rPr>
+      <w:r w:rsidR="00B73C99" w:rsidRPr="0087114C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00744FBD">
-        <w:rPr>
+      <w:r w:rsidR="00744FBD" w:rsidRPr="0087114C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> m. spalio </w:t>
       </w:r>
-      <w:r w:rsidR="00B73C99">
-        <w:rPr>
+      <w:r w:rsidR="00B73C99" w:rsidRPr="0087114C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>21</w:t>
       </w:r>
-      <w:r w:rsidR="00744FBD">
-        <w:rPr>
+      <w:r w:rsidR="00744FBD" w:rsidRPr="0087114C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> d. pakeitimo Nr. S-</w:t>
       </w:r>
-      <w:r w:rsidR="00B73C99">
-        <w:rPr>
+      <w:r w:rsidR="00B73C99" w:rsidRPr="0087114C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>550</w:t>
       </w:r>
-      <w:r w:rsidR="00744FBD">
-        <w:rPr>
+      <w:r w:rsidR="00744FBD" w:rsidRPr="0087114C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 14 punktą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00414BC3" w:rsidRDefault="00414BC3" w:rsidP="00974195">
+    <w:p w:rsidR="00414BC3" w:rsidRPr="0087114C" w:rsidRDefault="00414BC3" w:rsidP="00974195">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="1298"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="0087114C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Prašau man priskaičiuotą užmokestį už šias dienas mokėti įprasta darbo užmokesčio mokėjimo tvarka.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D53638" w:rsidRPr="00F249B8" w:rsidRDefault="00D53638" w:rsidP="00D53638">
+    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="00D53638">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="1296"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D53638" w:rsidRPr="00F249B8" w:rsidRDefault="00D53638" w:rsidP="00D53638">
+    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="00D53638">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="1296"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="0087114C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Esu </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="0087114C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>informuotas (-a)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="0087114C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, kad mano asmens duomenys yra tvarkomi įstaigos vidaus administravimo tikslu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D53638" w:rsidRPr="00036D20" w:rsidRDefault="00D53638" w:rsidP="00036D20">
+    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="00036D20">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="1296"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="0087114C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Taip pat esu </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="0087114C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>informuotas (-a)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="0087114C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, kad turiu teisę susipažinti su savo duomenimis, reikalauti ištaisyti neteisingus, neišsamius, netikslius mano asmens duomenis, reikalauti sustabdyti duomenų tvarkymo veiksmus bei reikalauti sunaikinti neteisėtai, nesąžiningai sukauptus mano asmens duomenis.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="0087114C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="0087114C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="167"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4360"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D53638" w:rsidRPr="00F249B8" w:rsidTr="001A48E7">
+      <w:tr w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidTr="001A48E7">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1546721297"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4360" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w:rsidR="00D53638" w:rsidRPr="00F249B8" w:rsidRDefault="00974195" w:rsidP="00EE6A70">
+              <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00974195" w:rsidP="00EE6A70">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="left" w:leader="underscore" w:pos="9356"/>
                   </w:tabs>
                   <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00036D20">
+                <w:r w:rsidRPr="0087114C">
                   <w:rPr>
                     <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
-                    <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00D53638" w:rsidRPr="00F249B8" w:rsidTr="001A48E7">
+      <w:tr w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidTr="001A48E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D53638" w:rsidRPr="00F249B8" w:rsidRDefault="00D53638" w:rsidP="001A48E7">
+          <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="001A48E7">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F249B8">
+            <w:r w:rsidRPr="0087114C">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(vardas, pavardė)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D53638" w:rsidRDefault="00D53638" w:rsidP="00D53638"/>
-[...1 lines deleted...]
-    <w:sectPr w:rsidR="00D53638" w:rsidSect="00183436">
+    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="00D53638">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidSect="00183436">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="UzGIH9jk4xRTS8dOhGbqq7dBNkLL71UBk7wsRh+WoG05rxvPBH15ofWV2KSTWRX0zUUUsolHbEBzTNdlrEOvKQ==" w:salt="SwOA49VLVfC3PNspb/zeSA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="30SyNgKKdsIkWz/tgsH0GIE1ATF3RyM8hhWsmBe9b7PlAHiRbMr8T2npe4sGoqoikey3v7X9kJ5ErgCLfqGaDg==" w:salt="e4AgyGGlipMqWRpU8ZSGMg=="/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008D5FD2"/>
     <w:rsid w:val="0000353A"/>
     <w:rsid w:val="000060C7"/>
     <w:rsid w:val="000223B1"/>
     <w:rsid w:val="00034B81"/>
     <w:rsid w:val="00036D20"/>
     <w:rsid w:val="000A501E"/>
     <w:rsid w:val="000F6472"/>
     <w:rsid w:val="00112399"/>
     <w:rsid w:val="001277F6"/>
     <w:rsid w:val="001557F8"/>
     <w:rsid w:val="001720AF"/>
     <w:rsid w:val="00176ECB"/>
     <w:rsid w:val="001D7220"/>
@@ -939,52 +1081,54 @@
     <w:rsid w:val="002536CD"/>
     <w:rsid w:val="00263F95"/>
     <w:rsid w:val="002A3DB7"/>
     <w:rsid w:val="002F2939"/>
     <w:rsid w:val="0030643B"/>
     <w:rsid w:val="00306700"/>
     <w:rsid w:val="00321453"/>
     <w:rsid w:val="00343532"/>
     <w:rsid w:val="00387248"/>
     <w:rsid w:val="003C0F6A"/>
     <w:rsid w:val="003F4C9B"/>
     <w:rsid w:val="004024D3"/>
     <w:rsid w:val="00403782"/>
     <w:rsid w:val="00414BC3"/>
     <w:rsid w:val="00432F60"/>
     <w:rsid w:val="004408FF"/>
     <w:rsid w:val="004B2831"/>
     <w:rsid w:val="00515586"/>
     <w:rsid w:val="00530E1C"/>
     <w:rsid w:val="005523D2"/>
     <w:rsid w:val="0057004C"/>
     <w:rsid w:val="00584214"/>
     <w:rsid w:val="007347F4"/>
     <w:rsid w:val="00744FBD"/>
     <w:rsid w:val="007A3C6E"/>
+    <w:rsid w:val="007B146E"/>
     <w:rsid w:val="007E53D1"/>
     <w:rsid w:val="00830A90"/>
+    <w:rsid w:val="0087114C"/>
     <w:rsid w:val="00893129"/>
     <w:rsid w:val="008D5FD2"/>
     <w:rsid w:val="009044B2"/>
     <w:rsid w:val="00943DE5"/>
     <w:rsid w:val="00945524"/>
     <w:rsid w:val="00974195"/>
     <w:rsid w:val="009913B8"/>
     <w:rsid w:val="009C517E"/>
     <w:rsid w:val="00A13E09"/>
     <w:rsid w:val="00A4017D"/>
     <w:rsid w:val="00A52F76"/>
     <w:rsid w:val="00A56BE7"/>
     <w:rsid w:val="00A8735B"/>
     <w:rsid w:val="00AD7C63"/>
     <w:rsid w:val="00AF4978"/>
     <w:rsid w:val="00B73C99"/>
     <w:rsid w:val="00BA453B"/>
     <w:rsid w:val="00CF58E2"/>
     <w:rsid w:val="00D53638"/>
     <w:rsid w:val="00DE2DD8"/>
     <w:rsid w:val="00E503B2"/>
     <w:rsid w:val="00E50C2D"/>
     <w:rsid w:val="00EE6A70"/>
   </w:rsids>
   <m:mathPr>
@@ -1628,114 +1772,123 @@
             <w:t>Norėdami įvesti datą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CC6F74"/>
     <w:rsid w:val="00011E68"/>
     <w:rsid w:val="000262D3"/>
     <w:rsid w:val="000406BA"/>
     <w:rsid w:val="000833FA"/>
     <w:rsid w:val="00092C67"/>
     <w:rsid w:val="00093885"/>
     <w:rsid w:val="000C2C22"/>
     <w:rsid w:val="000D33A7"/>
     <w:rsid w:val="000F02A4"/>
     <w:rsid w:val="0010653B"/>
     <w:rsid w:val="00155172"/>
     <w:rsid w:val="00171645"/>
     <w:rsid w:val="00177298"/>
     <w:rsid w:val="002638A9"/>
     <w:rsid w:val="002C06FC"/>
     <w:rsid w:val="002E2FBD"/>
     <w:rsid w:val="0030745D"/>
     <w:rsid w:val="00342E8A"/>
     <w:rsid w:val="00364DD6"/>
     <w:rsid w:val="003C760C"/>
     <w:rsid w:val="004072B5"/>
     <w:rsid w:val="00487BD7"/>
     <w:rsid w:val="005366FA"/>
     <w:rsid w:val="00563F4D"/>
+    <w:rsid w:val="005739A6"/>
     <w:rsid w:val="00583553"/>
     <w:rsid w:val="005F6C9B"/>
     <w:rsid w:val="00657774"/>
     <w:rsid w:val="006704CB"/>
     <w:rsid w:val="00671AE8"/>
     <w:rsid w:val="00700B1B"/>
     <w:rsid w:val="00707CE7"/>
     <w:rsid w:val="00725926"/>
     <w:rsid w:val="00751D1F"/>
     <w:rsid w:val="00773A6B"/>
     <w:rsid w:val="007C36C4"/>
     <w:rsid w:val="008029A4"/>
     <w:rsid w:val="008565D9"/>
     <w:rsid w:val="00914419"/>
+    <w:rsid w:val="00960B3C"/>
     <w:rsid w:val="009B073F"/>
     <w:rsid w:val="00A07261"/>
     <w:rsid w:val="00A31E90"/>
     <w:rsid w:val="00A4176E"/>
     <w:rsid w:val="00A46740"/>
     <w:rsid w:val="00B94E1B"/>
     <w:rsid w:val="00BC57C0"/>
     <w:rsid w:val="00C01136"/>
     <w:rsid w:val="00C13D3E"/>
     <w:rsid w:val="00C31C8C"/>
     <w:rsid w:val="00C33B35"/>
     <w:rsid w:val="00C42FBA"/>
     <w:rsid w:val="00C67534"/>
     <w:rsid w:val="00C676B6"/>
     <w:rsid w:val="00CA787A"/>
     <w:rsid w:val="00CC6F74"/>
     <w:rsid w:val="00CF0BA9"/>
     <w:rsid w:val="00CF6A02"/>
     <w:rsid w:val="00D2514F"/>
     <w:rsid w:val="00D53F46"/>
     <w:rsid w:val="00D550BE"/>
     <w:rsid w:val="00DA0B5B"/>
     <w:rsid w:val="00DD2E4D"/>
     <w:rsid w:val="00DF29ED"/>
     <w:rsid w:val="00E779CD"/>
@@ -2480,69 +2633,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>758</Words>
-  <Characters>433</Characters>
+  <Words>757</Words>
+  <Characters>432</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1189</CharactersWithSpaces>
+  <CharactersWithSpaces>1187</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Edita-duc</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>