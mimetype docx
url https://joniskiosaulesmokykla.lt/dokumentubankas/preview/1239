--- v1 (2025-10-31)
+++ v2 (2026-02-04)
@@ -4,1178 +4,1034 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638">
-[...55 lines deleted...]
-    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="00D53638">
+    <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="00D53638">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="00D53638">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="00D53638">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="00D53638">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="00D53638">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="00D53638">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="00D53638">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="00D53638">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="00D53638" w:rsidP="00D53638">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="00D53638" w:rsidP="00D53638">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="1187"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7088"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidTr="001A48E7">
-[...51 lines deleted...]
-        </w:sdt>
+      <w:tr w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidTr="001A48E7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="00D53638" w:rsidP="001A48E7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="9639"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidTr="001A48E7">
+      <w:tr w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidTr="001A48E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00263F95" w:rsidP="001A48E7">
+          <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="00263F95" w:rsidP="001A48E7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0087114C">
+            <w:r w:rsidRPr="00BA43C8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(vardas, pavardė)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidTr="001A48E7">
+      <w:tr w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidTr="001A48E7">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
-        <w:sdt>
-[...50 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="00D53638" w:rsidP="001A48E7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="9639"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidTr="001A48E7">
+      <w:tr w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidTr="001A48E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="001A48E7">
+          <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="00D53638" w:rsidP="001A48E7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0087114C">
+            <w:r w:rsidRPr="00BA43C8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(pareigos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="00D53638">
+    <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="00D53638" w:rsidP="00D53638">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="00D53638">
+    <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="00D53638" w:rsidP="00D53638">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0087114C">
+      <w:r w:rsidRPr="00BA43C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Joniškio „Saulės“ pagrindinės mokyklos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="00D53638">
+    <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="00D53638" w:rsidP="00D53638">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0087114C">
+      <w:r w:rsidRPr="00BA43C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Direktoriui </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="00D53638">
-[...6 lines deleted...]
-    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="00D53638">
+    <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="00D53638" w:rsidP="00D53638">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="00D53638" w:rsidP="00D53638">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="00D53638" w:rsidP="00D53638">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="00D53638">
+    <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="00D53638" w:rsidP="00D53638">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0087114C">
+      <w:r w:rsidRPr="00BA43C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>PRAŠYMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="00D53638">
+    <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="00D53638" w:rsidP="00D53638">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0087114C">
+      <w:r w:rsidRPr="00BA43C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>DĖL KASMETINIŲ (PROFSĄJUNGOS) ATOSTOGŲ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="00D53638">
+    <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="00D53638" w:rsidP="00D53638">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidTr="001A48E7">
+      <w:tr w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidTr="001A48E7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-245192744"/>
             <w:placeholder>
               <w:docPart w:val="ADB3B53F8C484EBABBA557A9DDCE9655"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date w:fullDate="2023-01-06T00:00:00Z">
               <w:dateFormat w:val="yyyy-MM-dd"/>
               <w:lid w:val="lt-LT"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2268" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="001277F6" w:rsidP="001277F6">
+              <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="001277F6" w:rsidP="001277F6">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="0087114C">
+                <w:r w:rsidRPr="00BA43C8">
                   <w:rPr>
                     <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                    <w:sz w:val="28"/>
-                    <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>Norėdami įvesti datą, spustelėkite arba bakstelėkite čia.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidTr="001A48E7">
+      <w:tr w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidTr="001A48E7">
         <w:trPr>
           <w:trHeight w:val="318"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="001A48E7">
+          <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="00D53638" w:rsidP="001A48E7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0087114C">
+            <w:r w:rsidRPr="00BA43C8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>(data)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="001A48E7">
+          <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="00D53638" w:rsidP="001A48E7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0087114C">
+            <w:r w:rsidRPr="00BA43C8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Joniškis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="00D53638">
+    <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="00D53638" w:rsidP="00D53638">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="00D53638">
+    <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="00D53638" w:rsidP="00D53638">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="00D53638">
+    <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="00D53638" w:rsidP="00D53638">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="00D53638">
+    <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="00D53638" w:rsidP="00D53638">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00744FBD" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="00744FBD">
+    <w:p w:rsidR="000C4DB7" w:rsidRDefault="00D53638" w:rsidP="000C4DB7">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0087114C">
+      <w:r w:rsidRPr="00BA43C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="003F4C9B" w:rsidRPr="0087114C">
+      <w:r w:rsidR="003F4C9B" w:rsidRPr="00BA43C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prašau </w:t>
+        <w:t>Prašau man</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA43C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003F4C9B" w:rsidRPr="00BA43C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">suteikti </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:id w:val="674316804"/>
           <w:placeholder>
-            <w:docPart w:val="9F091D093F6F435E90A0D3C17A9217F2"/>
+            <w:docPart w:val="B850130045674BAFBE401FD5599AB227"/>
           </w:placeholder>
           <w:showingPlcHdr/>
-          <w:date>
+          <w:date w:fullDate="2023-01-10T00:00:00Z">
             <w:dateFormat w:val="yyyy-MM-dd"/>
             <w:lid w:val="lt-LT"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00B73C99" w:rsidRPr="0087114C">
+          <w:r w:rsidR="003F4C9B" w:rsidRPr="00BA43C8">
             <w:rPr>
               <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              <w:sz w:val="28"/>
-              <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Norėdami įvesti datą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="0087114C">
+      <w:r w:rsidR="003F4C9B" w:rsidRPr="00BA43C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003F4C9B" w:rsidRPr="0087114C">
+      <w:r w:rsidRPr="00BA43C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>suteikti</w:t>
+        <w:t>dien</w:t>
       </w:r>
-      <w:r w:rsidR="00B73C99" w:rsidRPr="0087114C">
+      <w:r w:rsidR="0057004C" w:rsidRPr="00BA43C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> man</w:t>
+        <w:t>ą</w:t>
       </w:r>
-      <w:r w:rsidR="003F4C9B" w:rsidRPr="0087114C">
+      <w:r w:rsidR="004B2831" w:rsidRPr="00BA43C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00974195" w:rsidRPr="0087114C">
+      <w:r w:rsidRPr="00BA43C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>1</w:t>
+        <w:t>kas</w:t>
       </w:r>
-      <w:r w:rsidR="003F4C9B" w:rsidRPr="0087114C">
+      <w:r w:rsidR="003F4C9B" w:rsidRPr="00BA43C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t>metinių (profsąjungos) atostogų</w:t>
+      </w:r>
+      <w:r w:rsidR="001277F6" w:rsidRPr="00BA43C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0087114C">
+      <w:r w:rsidR="000C4DB7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>dien</w:t>
+        <w:t>pagal 2017 m. lapkričio 22 d. Lietuvos švietimo ir mokslo šakos kolektyvinės sutarties 2026 m. sausio 14 d. pakeitimo Nr. S-4 14 punktą.</w:t>
       </w:r>
-      <w:r w:rsidR="0057004C" w:rsidRPr="0087114C">
+    </w:p>
+    <w:p w:rsidR="00414BC3" w:rsidRPr="00BA43C8" w:rsidRDefault="00414BC3" w:rsidP="000C4DB7">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="1296"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00BA43C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>ą</w:t>
-[...123 lines deleted...]
-        </w:rPr>
         <w:t>Prašau man priskaičiuotą užmokestį už šias dienas mokėti įprasta darbo užmokesčio mokėjimo tvarka.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="00D53638">
+    <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="00D53638" w:rsidP="00D53638">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="1296"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="00D53638">
+    <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="00D53638" w:rsidP="00D53638">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="1296"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0087114C">
+      <w:r w:rsidRPr="00BA43C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Esu </w:t>
       </w:r>
-      <w:r w:rsidRPr="0087114C">
+      <w:r w:rsidRPr="00BA43C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>informuotas (-a)</w:t>
       </w:r>
-      <w:r w:rsidRPr="0087114C">
+      <w:r w:rsidRPr="00BA43C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, kad mano asmens duomenys yra tvarkomi įstaigos vidaus administravimo tikslu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="00036D20">
+    <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="00D53638" w:rsidP="00D53638">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="1296"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0087114C">
+      <w:r w:rsidRPr="00BA43C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Taip pat esu </w:t>
       </w:r>
-      <w:r w:rsidRPr="0087114C">
+      <w:r w:rsidRPr="00BA43C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>informuotas (-a)</w:t>
       </w:r>
-      <w:r w:rsidRPr="0087114C">
+      <w:r w:rsidRPr="00BA43C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, kad turiu teisę susipažinti su savo duomenimis, reikalauti ištaisyti neteisingus, neišsamius, netikslius mano asmens duomenis, reikalauti sustabdyti duomenų tvarkymo veiksmus bei reikalauti sunaikinti neteisėtai, nesąžiningai sukauptus mano asmens duomenis.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0087114C">
+      <w:r w:rsidRPr="00BA43C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0087114C">
+      <w:r w:rsidRPr="00BA43C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="00D53638" w:rsidP="00D53638">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="00D53638" w:rsidP="00D53638">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="167"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4360"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidTr="001A48E7">
-[...46 lines deleted...]
-        </w:sdt>
+      <w:tr w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidTr="001A48E7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4360" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="00D53638" w:rsidP="00EE6A70">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="underscore" w:pos="9356"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidTr="001A48E7">
+      <w:tr w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidTr="001A48E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="001A48E7">
+          <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="00D53638" w:rsidP="001A48E7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0087114C">
+            <w:r w:rsidRPr="00BA43C8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>(vardas, pavardė)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidRDefault="00D53638" w:rsidP="00D53638">
-[...13 lines deleted...]
-    <w:sectPr w:rsidR="00D53638" w:rsidRPr="0087114C" w:rsidSect="00183436">
+    <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="00D53638" w:rsidP="00D53638">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidRDefault="00D53638">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00D53638" w:rsidRPr="00BA43C8" w:rsidSect="00183436">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="30SyNgKKdsIkWz/tgsH0GIE1ATF3RyM8hhWsmBe9b7PlAHiRbMr8T2npe4sGoqoikey3v7X9kJ5ErgCLfqGaDg==" w:salt="e4AgyGGlipMqWRpU8ZSGMg=="/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008D5FD2"/>
     <w:rsid w:val="0000353A"/>
-    <w:rsid w:val="000060C7"/>
     <w:rsid w:val="000223B1"/>
     <w:rsid w:val="00034B81"/>
-    <w:rsid w:val="00036D20"/>
     <w:rsid w:val="000A501E"/>
+    <w:rsid w:val="000C4DB7"/>
     <w:rsid w:val="000F6472"/>
     <w:rsid w:val="00112399"/>
     <w:rsid w:val="001277F6"/>
     <w:rsid w:val="001557F8"/>
     <w:rsid w:val="001720AF"/>
     <w:rsid w:val="00176ECB"/>
     <w:rsid w:val="001D7220"/>
     <w:rsid w:val="001E4D8F"/>
     <w:rsid w:val="00250DC7"/>
     <w:rsid w:val="002536CD"/>
     <w:rsid w:val="00263F95"/>
     <w:rsid w:val="002A3DB7"/>
     <w:rsid w:val="002F2939"/>
-    <w:rsid w:val="0030643B"/>
     <w:rsid w:val="00306700"/>
     <w:rsid w:val="00321453"/>
     <w:rsid w:val="00343532"/>
-    <w:rsid w:val="00387248"/>
     <w:rsid w:val="003C0F6A"/>
     <w:rsid w:val="003F4C9B"/>
     <w:rsid w:val="004024D3"/>
     <w:rsid w:val="00403782"/>
     <w:rsid w:val="00414BC3"/>
     <w:rsid w:val="00432F60"/>
     <w:rsid w:val="004408FF"/>
     <w:rsid w:val="004B2831"/>
     <w:rsid w:val="00515586"/>
     <w:rsid w:val="00530E1C"/>
     <w:rsid w:val="005523D2"/>
     <w:rsid w:val="0057004C"/>
     <w:rsid w:val="00584214"/>
+    <w:rsid w:val="006E5EDA"/>
     <w:rsid w:val="007347F4"/>
     <w:rsid w:val="00744FBD"/>
     <w:rsid w:val="007A3C6E"/>
-    <w:rsid w:val="007B146E"/>
     <w:rsid w:val="007E53D1"/>
     <w:rsid w:val="00830A90"/>
-    <w:rsid w:val="0087114C"/>
     <w:rsid w:val="00893129"/>
     <w:rsid w:val="008D5FD2"/>
     <w:rsid w:val="009044B2"/>
     <w:rsid w:val="00943DE5"/>
     <w:rsid w:val="00945524"/>
-    <w:rsid w:val="00974195"/>
     <w:rsid w:val="009913B8"/>
     <w:rsid w:val="009C517E"/>
     <w:rsid w:val="00A13E09"/>
     <w:rsid w:val="00A4017D"/>
     <w:rsid w:val="00A52F76"/>
     <w:rsid w:val="00A56BE7"/>
     <w:rsid w:val="00A8735B"/>
     <w:rsid w:val="00AD7C63"/>
-    <w:rsid w:val="00AF4978"/>
-    <w:rsid w:val="00B73C99"/>
+    <w:rsid w:val="00BA43C8"/>
     <w:rsid w:val="00BA453B"/>
     <w:rsid w:val="00CF58E2"/>
+    <w:rsid w:val="00D521CC"/>
     <w:rsid w:val="00D53638"/>
     <w:rsid w:val="00DE2DD8"/>
     <w:rsid w:val="00E503B2"/>
     <w:rsid w:val="00E50C2D"/>
     <w:rsid w:val="00EE6A70"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="6CADA036"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{738C0AF1-F664-41D9-9436-C7CA95EBBCBE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -1624,50 +1480,63 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Vietosrezervavimoenklotekstas">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="009C517E"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
+    <w:div w:id="197472113">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="891423640">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1964650892">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -1699,93 +1568,67 @@
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{493EE896-40A2-4912-954D-1C8D76299C82}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00657774" w:rsidRDefault="00D2514F" w:rsidP="00D2514F">
           <w:pPr>
             <w:pStyle w:val="ADB3B53F8C484EBABBA557A9DDCE9655"/>
           </w:pPr>
           <w:r w:rsidRPr="0046216F">
             <w:rPr>
               <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
             </w:rPr>
             <w:t>Norėdami įvesti datą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="DefaultPlaceholder_-1854013440"/>
+        <w:name w:val="B850130045674BAFBE401FD5599AB227"/>
         <w:category>
           <w:name w:val="Bendrosios nuostatos"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{4CFE7EC7-94F0-4A91-A5C4-C376645D11B3}"/>
+        <w:guid w:val="{89BD5AF0-BF41-46BA-863A-658BD3943024}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00583553" w:rsidRDefault="00155172">
-[...25 lines deleted...]
-        <w:p w:rsidR="00583553" w:rsidRDefault="00155172" w:rsidP="00155172">
+        <w:p w:rsidR="00671AE8" w:rsidRDefault="00C31C8C" w:rsidP="00C31C8C">
           <w:pPr>
-            <w:pStyle w:val="9F091D093F6F435E90A0D3C17A9217F2"/>
+            <w:pStyle w:val="B850130045674BAFBE401FD5599AB227"/>
           </w:pPr>
           <w:r w:rsidRPr="0046216F">
             <w:rPr>
               <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
             </w:rPr>
             <w:t>Norėdami įvesti datą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -1809,110 +1652,106 @@
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CC6F74"/>
     <w:rsid w:val="00011E68"/>
     <w:rsid w:val="000262D3"/>
     <w:rsid w:val="000406BA"/>
     <w:rsid w:val="000833FA"/>
-    <w:rsid w:val="00092C67"/>
     <w:rsid w:val="00093885"/>
     <w:rsid w:val="000C2C22"/>
     <w:rsid w:val="000D33A7"/>
     <w:rsid w:val="000F02A4"/>
     <w:rsid w:val="0010653B"/>
-    <w:rsid w:val="00155172"/>
     <w:rsid w:val="00171645"/>
     <w:rsid w:val="00177298"/>
     <w:rsid w:val="002638A9"/>
     <w:rsid w:val="002C06FC"/>
     <w:rsid w:val="002E2FBD"/>
     <w:rsid w:val="0030745D"/>
     <w:rsid w:val="00342E8A"/>
-    <w:rsid w:val="00364DD6"/>
     <w:rsid w:val="003C760C"/>
     <w:rsid w:val="004072B5"/>
     <w:rsid w:val="00487BD7"/>
     <w:rsid w:val="005366FA"/>
     <w:rsid w:val="00563F4D"/>
-    <w:rsid w:val="005739A6"/>
-    <w:rsid w:val="00583553"/>
     <w:rsid w:val="005F6C9B"/>
     <w:rsid w:val="00657774"/>
     <w:rsid w:val="006704CB"/>
     <w:rsid w:val="00671AE8"/>
     <w:rsid w:val="00700B1B"/>
+    <w:rsid w:val="00706AE3"/>
     <w:rsid w:val="00707CE7"/>
     <w:rsid w:val="00725926"/>
     <w:rsid w:val="00751D1F"/>
     <w:rsid w:val="00773A6B"/>
     <w:rsid w:val="007C36C4"/>
-    <w:rsid w:val="008029A4"/>
     <w:rsid w:val="008565D9"/>
     <w:rsid w:val="00914419"/>
-    <w:rsid w:val="00960B3C"/>
     <w:rsid w:val="009B073F"/>
     <w:rsid w:val="00A07261"/>
     <w:rsid w:val="00A31E90"/>
     <w:rsid w:val="00A4176E"/>
     <w:rsid w:val="00A46740"/>
     <w:rsid w:val="00B94E1B"/>
     <w:rsid w:val="00BC57C0"/>
     <w:rsid w:val="00C01136"/>
     <w:rsid w:val="00C13D3E"/>
     <w:rsid w:val="00C31C8C"/>
     <w:rsid w:val="00C33B35"/>
     <w:rsid w:val="00C42FBA"/>
     <w:rsid w:val="00C67534"/>
     <w:rsid w:val="00C676B6"/>
     <w:rsid w:val="00CA787A"/>
+    <w:rsid w:val="00CC41CB"/>
     <w:rsid w:val="00CC6F74"/>
     <w:rsid w:val="00CF0BA9"/>
     <w:rsid w:val="00CF6A02"/>
     <w:rsid w:val="00D2514F"/>
     <w:rsid w:val="00D53F46"/>
     <w:rsid w:val="00D550BE"/>
     <w:rsid w:val="00DA0B5B"/>
     <w:rsid w:val="00DD2E4D"/>
     <w:rsid w:val="00DF29ED"/>
+    <w:rsid w:val="00E7727B"/>
     <w:rsid w:val="00E779CD"/>
     <w:rsid w:val="00EA4274"/>
     <w:rsid w:val="00F81258"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
@@ -2320,86 +2159,82 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Vietosrezervavimoenklotekstas">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00155172"/>
+    <w:rsid w:val="00C31C8C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D36033E429F94079B944D21A7C9CC4D3">
     <w:name w:val="D36033E429F94079B944D21A7C9CC4D3"/>
     <w:rsid w:val="00CC6F74"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D9EF404D55E7474BAC42E0821208EB91">
     <w:name w:val="D9EF404D55E7474BAC42E0821208EB91"/>
     <w:rsid w:val="00CC6F74"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ADB3B53F8C484EBABBA557A9DDCE9655">
     <w:name w:val="ADB3B53F8C484EBABBA557A9DDCE9655"/>
     <w:rsid w:val="00D2514F"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6715578A5C9A442CA7D47935B79AE21E">
     <w:name w:val="6715578A5C9A442CA7D47935B79AE21E"/>
     <w:rsid w:val="00D2514F"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="95BF313192C4479C9C21983EAD03A433">
     <w:name w:val="95BF313192C4479C9C21983EAD03A433"/>
     <w:rsid w:val="00DA0B5B"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="038B1A72D3234AB29839DE1B0CC9194A">
     <w:name w:val="038B1A72D3234AB29839DE1B0CC9194A"/>
     <w:rsid w:val="00DA0B5B"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B850130045674BAFBE401FD5599AB227">
     <w:name w:val="B850130045674BAFBE401FD5599AB227"/>
     <w:rsid w:val="00C31C8C"/>
-  </w:style>
-[...2 lines deleted...]
-    <w:rsid w:val="00155172"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -2632,70 +2467,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>432</Characters>
+  <Pages>2</Pages>
+  <Words>640</Words>
+  <Characters>366</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1187</CharactersWithSpaces>
+  <CharactersWithSpaces>1004</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Edita-duc</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>