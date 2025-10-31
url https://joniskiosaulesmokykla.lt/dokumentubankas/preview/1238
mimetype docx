--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -4,1120 +4,1258 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="1187"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7088"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidTr="0067036B">
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidTr="0067036B">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-129167449"/>
             <w:placeholder>
               <w:docPart w:val="0A7F0A04692E4E9D8AF1EFBFC1665F1B"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7088" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w:rsidR="008D5FD2" w:rsidRPr="00E87678" w:rsidRDefault="00E87681" w:rsidP="0067036B">
+              <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="00E87681" w:rsidP="0067036B">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="right" w:pos="9639"/>
                   </w:tabs>
                   <w:spacing w:line="276" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="009707AC">
+                <w:r w:rsidRPr="00692EC9">
                   <w:rPr>
                     <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
-                    <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidTr="0067036B">
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidTr="0067036B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
+          <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F249B8">
+            <w:r w:rsidRPr="00692EC9">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(vardas, pavardė)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidTr="0067036B">
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidTr="0067036B">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-847329374"/>
             <w:placeholder>
               <w:docPart w:val="9D8D26C0838C4E35AF2D0F0D8FCC8FE0"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7088" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w:rsidR="008D5FD2" w:rsidRPr="00E87678" w:rsidRDefault="00E87681" w:rsidP="00EE4E48">
+              <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="00E87681" w:rsidP="00EE4E48">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="right" w:pos="9639"/>
                   </w:tabs>
                   <w:spacing w:line="276" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="009707AC">
+                <w:r w:rsidRPr="00692EC9">
                   <w:rPr>
                     <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
-                    <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidTr="0067036B">
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidTr="0067036B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
+          <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F249B8">
+            <w:r w:rsidRPr="00692EC9">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(pareigos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Joniškio „Saulės“ pagrindinės mokyklos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Direktoriui </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>PRAŠYMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">DĖL </w:t>
       </w:r>
-      <w:r w:rsidR="00933AD3">
-        <w:rPr>
+      <w:r w:rsidR="00933AD3" w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>DIENŲ SVEIKATAI GERINTI</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidTr="0067036B">
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidTr="0067036B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1881972060"/>
             <w:placeholder>
               <w:docPart w:val="D36033E429F94079B944D21A7C9CC4D3"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date w:fullDate="2023-01-09T00:00:00Z">
               <w:dateFormat w:val="yyyy-MM-dd"/>
               <w:lid w:val="lt-LT"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2268" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="00566C19" w:rsidP="00566C19">
+              <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="00566C19" w:rsidP="00566C19">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="0046216F">
+                <w:r w:rsidRPr="00692EC9">
                   <w:rPr>
                     <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>Norėdami įvesti datą, spustelėkite arba bakstelėkite čia.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidTr="0067036B">
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidTr="0067036B">
         <w:trPr>
           <w:trHeight w:val="318"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
+          <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F249B8">
+            <w:r w:rsidRPr="00692EC9">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>(data)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
+          <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F249B8">
+            <w:r w:rsidRPr="00692EC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Joniškis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="002D2D55" w:rsidRDefault="008D5FD2" w:rsidP="00E87681"/>
-    <w:p w:rsidR="008D5FD2" w:rsidRDefault="008D5FD2" w:rsidP="00F312C0">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="00E87681">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="00F312C0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002D2D55">
+      <w:r w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00047EE2">
-        <w:rPr>
+      <w:r w:rsidR="00047EE2" w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Prašau</w:t>
       </w:r>
-      <w:r w:rsidR="00A35DBD" w:rsidRPr="002D2D55">
-        <w:rPr>
+      <w:r w:rsidR="00A35DBD" w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> suteikti </w:t>
       </w:r>
-      <w:r w:rsidR="00047EE2">
-        <w:rPr>
+      <w:r w:rsidR="00047EE2" w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>man</w:t>
       </w:r>
-      <w:r w:rsidR="007500A0" w:rsidRPr="00016D44">
-        <w:rPr>
+      <w:r w:rsidR="007500A0" w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r w:rsidR="007500A0" w:rsidRPr="00016D44">
-        <w:rPr>
+      <w:r w:rsidR="007500A0" w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r w:rsidR="00E87681" w:rsidRPr="00E87681">
-        <w:rPr>
+      <w:r w:rsidR="00E87681" w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:alias w:val="dienų skaičius"/>
           <w:tag w:val="dienų skaičius"/>
           <w:id w:val="508483486"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00117F10" w:rsidRPr="009707AC">
+          <w:r w:rsidR="00117F10" w:rsidRPr="00692EC9">
             <w:rPr>
               <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00E87681">
-        <w:rPr>
+      <w:r w:rsidR="00E87681" w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00680B61" w:rsidRPr="002D2D55">
-        <w:rPr>
+      <w:r w:rsidR="00680B61" w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>darbo dien</w:t>
       </w:r>
-      <w:r w:rsidR="00266B69">
-        <w:rPr>
+      <w:r w:rsidR="00266B69" w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>as sveikatai gerinti nuo</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D2D55">
-        <w:rPr>
+      <w:r w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:id w:val="1159963276"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="yyyy-MM-dd"/>
             <w:lid w:val="lt-LT"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00117F10" w:rsidRPr="00495077">
+          <w:r w:rsidR="00117F10" w:rsidRPr="00692EC9">
             <w:rPr>
               <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
-              <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:t>Norėdami įvesti datą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00941025" w:rsidRPr="00016D44">
-        <w:rPr>
+      <w:r w:rsidR="00941025" w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00266B69" w:rsidRPr="009A5B60">
-        <w:rPr>
+      <w:r w:rsidR="00266B69" w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">iki </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:id w:val="1155496085"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="yyyy-MM-dd"/>
             <w:lid w:val="lt-LT"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00117F10" w:rsidRPr="00495077">
+          <w:r w:rsidR="00117F10" w:rsidRPr="00692EC9">
             <w:rPr>
               <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
-              <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:t>Norėdami įvesti datą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00266B69" w:rsidRPr="002D2D55">
-        <w:rPr>
+      <w:r w:rsidR="00266B69" w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00201CED">
-        <w:rPr>
+      <w:r w:rsidR="00201CED" w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>į</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D2D55">
-        <w:rPr>
+      <w:r w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>skaitytinai</w:t>
       </w:r>
-      <w:r w:rsidR="004007AB">
-        <w:rPr>
+      <w:r w:rsidR="004007AB" w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00266B69">
-        <w:rPr>
+      <w:r w:rsidR="00266B69" w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006960BB" w:rsidRPr="002D2D55">
-        <w:rPr>
+      <w:r w:rsidR="006960BB" w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">pagal </w:t>
       </w:r>
-      <w:r w:rsidR="00F312C0" w:rsidRPr="00F312C0">
-        <w:rPr>
+      <w:r w:rsidR="00F312C0" w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2017 m. lapkričio 22 d. Lietuvos švietimo ir mokslo šakos kolektyvinės sutarties </w:t>
       </w:r>
-      <w:r w:rsidR="00062AB0">
-        <w:rPr>
+      <w:r w:rsidR="00062AB0" w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00E87681">
-        <w:rPr>
+      <w:r w:rsidR="00E87681" w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00361115">
-        <w:rPr>
+      <w:r w:rsidR="00361115" w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00062AB0">
-        <w:rPr>
+      <w:r w:rsidR="00062AB0" w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>m.</w:t>
       </w:r>
-      <w:r w:rsidR="00E87681">
-        <w:rPr>
+      <w:r w:rsidR="00E87681" w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> spalio 21 </w:t>
       </w:r>
-      <w:r w:rsidR="00EE3ED2">
-        <w:rPr>
+      <w:r w:rsidR="00EE3ED2" w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>d. pakeitimo Nr. S-5</w:t>
       </w:r>
-      <w:r w:rsidR="00E87681">
-        <w:rPr>
+      <w:r w:rsidR="00E87681" w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>50</w:t>
       </w:r>
-      <w:r w:rsidR="00062AB0">
-        <w:rPr>
+      <w:r w:rsidR="00062AB0" w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 16 punktą</w:t>
       </w:r>
-      <w:r w:rsidR="007B19A4">
-        <w:rPr>
+      <w:r w:rsidR="007B19A4" w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00680B61" w:rsidRPr="002D2D55">
-        <w:rPr>
+      <w:r w:rsidR="00680B61" w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> mokant už jas mano vidutinį darbo užmokestį.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A87A8D" w:rsidRPr="00C161B7" w:rsidRDefault="00A87A8D" w:rsidP="00710723">
+    <w:p w:rsidR="00A87A8D" w:rsidRPr="00692EC9" w:rsidRDefault="00A87A8D" w:rsidP="00710723">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="1298"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Prašau man priskaičiuotą užmokestį už šias dienas mokėti įprasta darbo užmokesčio mokėjimo tvarka.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A87A8D" w:rsidRPr="00A87A8D" w:rsidRDefault="00A87A8D" w:rsidP="00A87A8D">
+    <w:p w:rsidR="00A87A8D" w:rsidRPr="00692EC9" w:rsidRDefault="00A87A8D" w:rsidP="00A87A8D">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="1296"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="1296"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Esu </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>informuotas (-a)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, kad mano asmens duomenys yra tvarkomi įstaigos vidaus administravimo tikslu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="1296"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Taip pat esu </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>informuotas (-a)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, kad turiu teisę susipažinti su savo duomenimis, reikalauti ištaisyti neteisingus, neišsamius, netikslius mano asmens duomenis, reikalauti sustabdyti duomenų tvarkymo veiksmus bei reikalauti sunaikinti neteisėtai, nesąžiningai sukauptus mano asmens duomenis.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00F249B8">
-        <w:rPr>
+      <w:r w:rsidRPr="00692EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="167"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4360"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidTr="0067036B">
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidTr="0067036B">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1205447414"/>
             <w:placeholder>
               <w:docPart w:val="81DC49B662754BDA81B1303AAD8F56F9"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4360" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="00C161B7" w:rsidP="00C161B7">
+              <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="00C161B7" w:rsidP="00C161B7">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="left" w:leader="underscore" w:pos="9356"/>
                   </w:tabs>
                   <w:jc w:val="center"/>
                   <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00C161B7">
+                <w:r w:rsidRPr="00692EC9">
                   <w:rPr>
                     <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidTr="0067036B">
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidTr="0067036B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
+          <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F249B8">
+            <w:r w:rsidRPr="00692EC9">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(vardas, pavardė)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00F249B8" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00403782" w:rsidRDefault="00403782"/>
-    <w:sectPr w:rsidR="00403782" w:rsidSect="00183436">
+    <w:p w:rsidR="00403782" w:rsidRPr="00692EC9" w:rsidRDefault="00403782">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00403782" w:rsidRPr="00692EC9" w:rsidSect="00183436">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="aHkDCHU7NqbOZm4Ny7LaSegvm5Ax7TMqfmzw+ye57c9e7xinfvEJ0cKSJXjpJeuK8cTU7NkXVKHiE/bE8jZysw==" w:salt="Ks1TLDVedlZ7Fvi7Tj6UUQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="/Xp9qMw8/DJw7sLxRNql2jbHIFJ1j+oXwU81AN/J9rmER9/hUOUUDUa2WCGPIRp+wx7UPwrWCPodm2dK770jTQ==" w:salt="tfDh9fZFDYKKevZRLOHDWQ=="/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008D5FD2"/>
     <w:rsid w:val="00002185"/>
     <w:rsid w:val="00016D44"/>
     <w:rsid w:val="00047EE2"/>
     <w:rsid w:val="00062AB0"/>
     <w:rsid w:val="000648F7"/>
     <w:rsid w:val="000A1927"/>
     <w:rsid w:val="000C6752"/>
     <w:rsid w:val="000D1C87"/>
     <w:rsid w:val="00117F10"/>
     <w:rsid w:val="00201CED"/>
     <w:rsid w:val="00204042"/>
     <w:rsid w:val="0023246C"/>
     <w:rsid w:val="0024705C"/>
     <w:rsid w:val="00266B69"/>
     <w:rsid w:val="002839A3"/>
     <w:rsid w:val="002B54BA"/>
     <w:rsid w:val="002C599D"/>
     <w:rsid w:val="002D2D55"/>
     <w:rsid w:val="003244BD"/>
     <w:rsid w:val="00341E67"/>
     <w:rsid w:val="00350577"/>
     <w:rsid w:val="00361115"/>
     <w:rsid w:val="00361E38"/>
     <w:rsid w:val="003A7910"/>
     <w:rsid w:val="004007AB"/>
     <w:rsid w:val="00403782"/>
     <w:rsid w:val="00442B34"/>
     <w:rsid w:val="00480AF7"/>
     <w:rsid w:val="0050220B"/>
     <w:rsid w:val="00540287"/>
     <w:rsid w:val="00566C19"/>
     <w:rsid w:val="00584214"/>
     <w:rsid w:val="005A5DEC"/>
     <w:rsid w:val="005C2BAB"/>
     <w:rsid w:val="006633C3"/>
     <w:rsid w:val="00680B61"/>
+    <w:rsid w:val="00692EC9"/>
     <w:rsid w:val="006960BB"/>
     <w:rsid w:val="00710723"/>
     <w:rsid w:val="00737D07"/>
     <w:rsid w:val="007500A0"/>
     <w:rsid w:val="0079597A"/>
     <w:rsid w:val="007B19A4"/>
     <w:rsid w:val="007C1BDD"/>
     <w:rsid w:val="00803DEB"/>
     <w:rsid w:val="00814C37"/>
     <w:rsid w:val="008215DC"/>
     <w:rsid w:val="008524C5"/>
     <w:rsid w:val="00881E04"/>
+    <w:rsid w:val="008B0813"/>
     <w:rsid w:val="008B6288"/>
     <w:rsid w:val="008D5FD2"/>
     <w:rsid w:val="0090577B"/>
     <w:rsid w:val="00913A59"/>
     <w:rsid w:val="00933AD3"/>
     <w:rsid w:val="00941025"/>
     <w:rsid w:val="009943F5"/>
     <w:rsid w:val="009A5B60"/>
     <w:rsid w:val="00A35DBD"/>
     <w:rsid w:val="00A87A8D"/>
     <w:rsid w:val="00B17B15"/>
     <w:rsid w:val="00BB3E61"/>
     <w:rsid w:val="00C161B7"/>
     <w:rsid w:val="00CE0BDC"/>
     <w:rsid w:val="00DC5C69"/>
     <w:rsid w:val="00E10059"/>
     <w:rsid w:val="00E660DF"/>
     <w:rsid w:val="00E87681"/>
     <w:rsid w:val="00E933DE"/>
     <w:rsid w:val="00EA2943"/>
     <w:rsid w:val="00EC138F"/>
     <w:rsid w:val="00EE3ED2"/>
     <w:rsid w:val="00EE4E48"/>
     <w:rsid w:val="00F312C0"/>
     <w:rsid w:val="00F70320"/>
@@ -1851,112 +1989,121 @@
             <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CC6F74"/>
     <w:rsid w:val="00002236"/>
+    <w:rsid w:val="000112ED"/>
     <w:rsid w:val="00037ECA"/>
     <w:rsid w:val="00074527"/>
     <w:rsid w:val="00082D2B"/>
     <w:rsid w:val="00093885"/>
     <w:rsid w:val="000D7DDA"/>
     <w:rsid w:val="000E7FD4"/>
     <w:rsid w:val="00134863"/>
     <w:rsid w:val="00165B54"/>
     <w:rsid w:val="001F01B2"/>
     <w:rsid w:val="00216052"/>
     <w:rsid w:val="00244B29"/>
     <w:rsid w:val="00285BC2"/>
     <w:rsid w:val="002B1942"/>
     <w:rsid w:val="002D530A"/>
     <w:rsid w:val="002E1361"/>
     <w:rsid w:val="002E2AB3"/>
     <w:rsid w:val="002F2693"/>
     <w:rsid w:val="003129DB"/>
     <w:rsid w:val="00320422"/>
     <w:rsid w:val="00355791"/>
     <w:rsid w:val="003B0FE2"/>
     <w:rsid w:val="00407398"/>
     <w:rsid w:val="00415790"/>
     <w:rsid w:val="004664B3"/>
     <w:rsid w:val="00480BB0"/>
     <w:rsid w:val="004C6116"/>
     <w:rsid w:val="004D6DC6"/>
     <w:rsid w:val="00505C0C"/>
     <w:rsid w:val="00537689"/>
     <w:rsid w:val="00590636"/>
     <w:rsid w:val="0065694F"/>
     <w:rsid w:val="0069475E"/>
     <w:rsid w:val="007009EE"/>
     <w:rsid w:val="00881924"/>
     <w:rsid w:val="008B57AE"/>
+    <w:rsid w:val="008B5BF4"/>
     <w:rsid w:val="008C7B28"/>
     <w:rsid w:val="008D2F91"/>
     <w:rsid w:val="008F0A54"/>
     <w:rsid w:val="008F5C25"/>
     <w:rsid w:val="0097010F"/>
     <w:rsid w:val="009E7142"/>
     <w:rsid w:val="009F3A76"/>
     <w:rsid w:val="00A00B03"/>
     <w:rsid w:val="00A0767C"/>
     <w:rsid w:val="00A1465D"/>
     <w:rsid w:val="00A4176E"/>
     <w:rsid w:val="00A422D0"/>
     <w:rsid w:val="00A946FF"/>
     <w:rsid w:val="00AA1E37"/>
     <w:rsid w:val="00AF082D"/>
     <w:rsid w:val="00B53C3B"/>
     <w:rsid w:val="00BE0647"/>
     <w:rsid w:val="00C23E4A"/>
     <w:rsid w:val="00C56953"/>
     <w:rsid w:val="00C82DC0"/>
     <w:rsid w:val="00CA6052"/>
     <w:rsid w:val="00CB0EEC"/>
     <w:rsid w:val="00CC6F74"/>
     <w:rsid w:val="00D07E93"/>
     <w:rsid w:val="00D522C3"/>
@@ -2755,68 +2902,68 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>863</Words>
-  <Characters>493</Characters>
+  <Characters>492</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1354</CharactersWithSpaces>
+  <CharactersWithSpaces>1353</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Edita-duc</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>