--- v1 (2025-10-31)
+++ v2 (2026-02-04)
@@ -4,1309 +4,1200 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="1187"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7088"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidTr="0067036B">
-[...49 lines deleted...]
-        </w:sdt>
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidTr="0067036B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="9639"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidTr="0067036B">
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidTr="0067036B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
+          <w:p w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00692EC9">
+            <w:r w:rsidRPr="00E302D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(vardas, pavardė)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidTr="0067036B">
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidTr="0067036B">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
-        <w:sdt>
-[...48 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidRDefault="008D5FD2" w:rsidP="00EE4E48">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="9639"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidTr="0067036B">
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidTr="0067036B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
+          <w:p w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00692EC9">
+            <w:r w:rsidRPr="00E302D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(pareigos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00692EC9">
+      <w:r w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Joniškio „Saulės“ pagrindinės mokyklos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00692EC9">
+      <w:r w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Direktoriui </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
-[...6 lines deleted...]
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00692EC9">
+      <w:r w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>PRAŠYMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00692EC9">
+      <w:r w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">DĖL </w:t>
       </w:r>
-      <w:r w:rsidR="00933AD3" w:rsidRPr="00692EC9">
+      <w:r w:rsidR="00933AD3" w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>DIENŲ SVEIKATAI GERINTI</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidTr="0067036B">
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidTr="0067036B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1881972060"/>
             <w:placeholder>
               <w:docPart w:val="D36033E429F94079B944D21A7C9CC4D3"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date w:fullDate="2023-01-09T00:00:00Z">
               <w:dateFormat w:val="yyyy-MM-dd"/>
               <w:lid w:val="lt-LT"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2268" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="00566C19" w:rsidP="00566C19">
+              <w:p w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidRDefault="00566C19" w:rsidP="00566C19">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00692EC9">
+                <w:r w:rsidRPr="00E302D9">
                   <w:rPr>
                     <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>Norėdami įvesti datą, spustelėkite arba bakstelėkite čia.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidTr="0067036B">
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidTr="0067036B">
         <w:trPr>
           <w:trHeight w:val="318"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
+          <w:p w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00692EC9">
+            <w:r w:rsidRPr="00E302D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>(data)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
+          <w:p w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00692EC9">
+            <w:r w:rsidRPr="00E302D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Joniškis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="00E87681">
-[...6 lines deleted...]
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="00F312C0">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidRDefault="008D5FD2" w:rsidP="00F312C0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00692EC9">
+      <w:r w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00047EE2" w:rsidRPr="00692EC9">
-[...23 lines deleted...]
-      <w:r w:rsidR="007500A0" w:rsidRPr="00692EC9">
+      <w:r w:rsidRPr="00E302D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prašau </w:t>
+      </w:r>
+      <w:r w:rsidR="00A35DBD" w:rsidRPr="00E302D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">man suteikti </w:t>
+      </w:r>
+      <w:r w:rsidR="007500A0" w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r w:rsidR="007500A0" w:rsidRPr="00692EC9">
+      <w:r w:rsidR="007500A0" w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r w:rsidR="00E87681" w:rsidRPr="00692EC9">
+      <w:r w:rsidR="00803DEB" w:rsidRPr="00E302D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__ </w:t>
+      </w:r>
+      <w:r w:rsidR="00680B61" w:rsidRPr="00E302D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>darbo dien</w:t>
+      </w:r>
+      <w:r w:rsidR="00266B69" w:rsidRPr="00E302D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>as sveikatai gerinti nuo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="FF0000"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
-          <w:alias w:val="dienų skaičius"/>
-[...1 lines deleted...]
-          <w:id w:val="508483486"/>
+          <w:id w:val="-547682552"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="D36033E429F94079B944D21A7C9CC4D3"/>
           </w:placeholder>
           <w:showingPlcHdr/>
-          <w:text/>
-[...56 lines deleted...]
-          <w:date>
+          <w:date w:fullDate="2023-01-11T00:00:00Z">
             <w:dateFormat w:val="yyyy-MM-dd"/>
             <w:lid w:val="lt-LT"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00117F10" w:rsidRPr="00692EC9">
+          <w:r w:rsidR="009A5B60" w:rsidRPr="00E302D9">
             <w:rPr>
               <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
-              <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:t>Norėdami įvesti datą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00941025" w:rsidRPr="00692EC9">
+      <w:r w:rsidR="00941025" w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00266B69" w:rsidRPr="00692EC9">
+      <w:r w:rsidR="00266B69" w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">iki </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="FF0000"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
-          <w:id w:val="1155496085"/>
+          <w:id w:val="-374310646"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
+            <w:docPart w:val="0CE958C823F444139EAA7B217473418A"/>
           </w:placeholder>
           <w:showingPlcHdr/>
-          <w:date>
+          <w:date w:fullDate="2023-01-11T00:00:00Z">
             <w:dateFormat w:val="yyyy-MM-dd"/>
             <w:lid w:val="lt-LT"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00117F10" w:rsidRPr="00692EC9">
+          <w:r w:rsidR="009A5B60" w:rsidRPr="00E302D9">
             <w:rPr>
               <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
-              <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:t>Norėdami įvesti datą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00266B69" w:rsidRPr="00692EC9">
+      <w:r w:rsidR="00266B69" w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00201CED" w:rsidRPr="00692EC9">
+      <w:r w:rsidR="00201CED" w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>į</w:t>
       </w:r>
-      <w:r w:rsidRPr="00692EC9">
+      <w:r w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>skaitytinai</w:t>
       </w:r>
-      <w:r w:rsidR="004007AB" w:rsidRPr="00692EC9">
+      <w:r w:rsidR="004007AB" w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00266B69" w:rsidRPr="00692EC9">
+      <w:r w:rsidR="00266B69" w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006960BB" w:rsidRPr="00692EC9">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidR="006960BB" w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">pagal </w:t>
       </w:r>
-      <w:r w:rsidR="00F312C0" w:rsidRPr="00692EC9">
+      <w:r w:rsidR="00F312C0" w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2017 m. lapkričio 22 d. Lietuvos švietimo ir mokslo šakos kolektyvinės sutarties </w:t>
       </w:r>
-      <w:r w:rsidR="00062AB0" w:rsidRPr="00692EC9">
+      <w:r w:rsidR="00591F90" w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00E87681" w:rsidRPr="00692EC9">
+      <w:r w:rsidR="00811D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00591F90" w:rsidRPr="00E302D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m. </w:t>
+      </w:r>
+      <w:r w:rsidR="00811D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>sausio 14</w:t>
+      </w:r>
+      <w:r w:rsidR="00591F90" w:rsidRPr="00E302D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d. pakeitimo Nr. S-</w:t>
+      </w:r>
+      <w:r w:rsidR="00811D71">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00361115" w:rsidRPr="00692EC9">
-[...39 lines deleted...]
-      <w:r w:rsidR="00062AB0" w:rsidRPr="00692EC9">
+      <w:r w:rsidR="00062AB0" w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 16 punktą</w:t>
       </w:r>
-      <w:r w:rsidR="007B19A4" w:rsidRPr="00692EC9">
+      <w:r w:rsidR="007B19A4" w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00680B61" w:rsidRPr="00692EC9">
+      <w:r w:rsidR="00680B61" w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> mokant už jas mano vidutinį darbo užmokestį.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A87A8D" w:rsidRPr="00692EC9" w:rsidRDefault="00A87A8D" w:rsidP="00710723">
-[...22 lines deleted...]
-    <w:p w:rsidR="00A87A8D" w:rsidRPr="00692EC9" w:rsidRDefault="00A87A8D" w:rsidP="00A87A8D">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00A87A8D" w:rsidRPr="00E302D9" w:rsidRDefault="00A87A8D" w:rsidP="00A87A8D">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="1296"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+      <w:r w:rsidRPr="00E302D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Prašau man priskaičiuotą užmokestį už šias dienas mokėti įprasta darbo užmokesčio mokėjimo tvarka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A87A8D" w:rsidRPr="00E302D9" w:rsidRDefault="00A87A8D" w:rsidP="00A87A8D">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="1296"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:firstLine="1296"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00692EC9">
+      <w:r w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Esu </w:t>
       </w:r>
-      <w:r w:rsidRPr="00692EC9">
+      <w:r w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>informuotas (-a)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00692EC9">
+      <w:r w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, kad mano asmens duomenys yra tvarkomi įstaigos vidaus administravimo tikslu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="1296"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00692EC9">
+      <w:r w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Taip pat esu </w:t>
       </w:r>
-      <w:r w:rsidRPr="00692EC9">
+      <w:r w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>informuotas (-a)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00692EC9">
+      <w:r w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, kad turiu teisę susipažinti su savo duomenimis, reikalauti ištaisyti neteisingus, neišsamius, netikslius mano asmens duomenis, reikalauti sustabdyti duomenų tvarkymo veiksmus bei reikalauti sunaikinti neteisėtai, nesąžiningai sukauptus mano asmens duomenis.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00692EC9">
+      <w:r w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00692EC9">
+      <w:r w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="167"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4360"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidTr="0067036B">
-[...45 lines deleted...]
-        </w:sdt>
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidTr="0067036B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4360" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="underscore" w:pos="9356"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidTr="0067036B">
+      <w:tr w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidTr="0067036B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
+          <w:p w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidRDefault="008D5FD2" w:rsidP="0067036B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00692EC9">
+            <w:r w:rsidRPr="00E302D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(vardas, pavardė)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008D5FD2" w:rsidRPr="00692EC9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
+    <w:p w:rsidR="008D5FD2" w:rsidRPr="00E302D9" w:rsidRDefault="008D5FD2" w:rsidP="008D5FD2">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00403782" w:rsidRPr="00692EC9" w:rsidRDefault="00403782">
-[...6 lines deleted...]
-    <w:sectPr w:rsidR="00403782" w:rsidRPr="00692EC9" w:rsidSect="00183436">
+    <w:p w:rsidR="00403782" w:rsidRPr="00E302D9" w:rsidRDefault="00403782">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00403782" w:rsidRPr="00E302D9" w:rsidSect="00183436">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="/Xp9qMw8/DJw7sLxRNql2jbHIFJ1j+oXwU81AN/J9rmER9/hUOUUDUa2WCGPIRp+wx7UPwrWCPodm2dK770jTQ==" w:salt="tfDh9fZFDYKKevZRLOHDWQ=="/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008D5FD2"/>
     <w:rsid w:val="00002185"/>
     <w:rsid w:val="00016D44"/>
-    <w:rsid w:val="00047EE2"/>
     <w:rsid w:val="00062AB0"/>
     <w:rsid w:val="000648F7"/>
     <w:rsid w:val="000A1927"/>
     <w:rsid w:val="000C6752"/>
     <w:rsid w:val="000D1C87"/>
-    <w:rsid w:val="00117F10"/>
     <w:rsid w:val="00201CED"/>
-    <w:rsid w:val="00204042"/>
     <w:rsid w:val="0023246C"/>
     <w:rsid w:val="0024705C"/>
     <w:rsid w:val="00266B69"/>
     <w:rsid w:val="002839A3"/>
-    <w:rsid w:val="002B54BA"/>
     <w:rsid w:val="002C599D"/>
     <w:rsid w:val="002D2D55"/>
-    <w:rsid w:val="003244BD"/>
-    <w:rsid w:val="00341E67"/>
     <w:rsid w:val="00350577"/>
     <w:rsid w:val="00361115"/>
     <w:rsid w:val="00361E38"/>
     <w:rsid w:val="003A7910"/>
     <w:rsid w:val="004007AB"/>
     <w:rsid w:val="00403782"/>
-    <w:rsid w:val="00442B34"/>
     <w:rsid w:val="00480AF7"/>
     <w:rsid w:val="0050220B"/>
     <w:rsid w:val="00540287"/>
     <w:rsid w:val="00566C19"/>
     <w:rsid w:val="00584214"/>
+    <w:rsid w:val="00591F90"/>
     <w:rsid w:val="005A5DEC"/>
     <w:rsid w:val="005C2BAB"/>
     <w:rsid w:val="006633C3"/>
     <w:rsid w:val="00680B61"/>
-    <w:rsid w:val="00692EC9"/>
     <w:rsid w:val="006960BB"/>
-    <w:rsid w:val="00710723"/>
     <w:rsid w:val="00737D07"/>
     <w:rsid w:val="007500A0"/>
     <w:rsid w:val="0079597A"/>
     <w:rsid w:val="007B19A4"/>
     <w:rsid w:val="007C1BDD"/>
     <w:rsid w:val="00803DEB"/>
+    <w:rsid w:val="00811D71"/>
     <w:rsid w:val="00814C37"/>
     <w:rsid w:val="008215DC"/>
     <w:rsid w:val="008524C5"/>
     <w:rsid w:val="00881E04"/>
-    <w:rsid w:val="008B0813"/>
     <w:rsid w:val="008B6288"/>
     <w:rsid w:val="008D5FD2"/>
     <w:rsid w:val="0090577B"/>
     <w:rsid w:val="00913A59"/>
     <w:rsid w:val="00933AD3"/>
     <w:rsid w:val="00941025"/>
     <w:rsid w:val="009943F5"/>
     <w:rsid w:val="009A5B60"/>
     <w:rsid w:val="00A35DBD"/>
     <w:rsid w:val="00A87A8D"/>
     <w:rsid w:val="00B17B15"/>
     <w:rsid w:val="00BB3E61"/>
-    <w:rsid w:val="00C161B7"/>
     <w:rsid w:val="00CE0BDC"/>
-    <w:rsid w:val="00DC5C69"/>
     <w:rsid w:val="00E10059"/>
+    <w:rsid w:val="00E302D9"/>
     <w:rsid w:val="00E660DF"/>
-    <w:rsid w:val="00E87681"/>
     <w:rsid w:val="00E933DE"/>
     <w:rsid w:val="00EA2943"/>
     <w:rsid w:val="00EC138F"/>
     <w:rsid w:val="00EE3ED2"/>
     <w:rsid w:val="00EE4E48"/>
     <w:rsid w:val="00F312C0"/>
-    <w:rsid w:val="00F70320"/>
     <w:rsid w:val="00FB1518"/>
     <w:rsid w:val="00FF732E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="310B379A"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{738C0AF1-F664-41D9-9436-C7CA95EBBCBE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -1815,200 +1706,88 @@
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D36033E429F94079B944D21A7C9CC4D3"/>
         <w:category>
           <w:name w:val="Bendrosios nuostatos"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8A3E21F4-6099-4966-9FE2-DB74A0340A76}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00D550BE" w:rsidRDefault="008F0A54" w:rsidP="008F0A54">
+        <w:p w:rsidR="00D550BE" w:rsidRDefault="00CC6F74" w:rsidP="00CC6F74">
           <w:pPr>
-            <w:pStyle w:val="D36033E429F94079B944D21A7C9CC4D31"/>
+            <w:pStyle w:val="D36033E429F94079B944D21A7C9CC4D3"/>
           </w:pPr>
           <w:r w:rsidRPr="0046216F">
             <w:rPr>
               <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
             </w:rPr>
             <w:t>Norėdami įvesti datą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="DefaultPlaceholder_-1854013440"/>
+        <w:name w:val="0CE958C823F444139EAA7B217473418A"/>
         <w:category>
           <w:name w:val="Bendrosios nuostatos"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{E9FBBFD3-5C5A-44CC-A542-A90FA1EC5878}"/>
+        <w:guid w:val="{945A2C87-E8AF-494D-AEDC-0434D3D061FB}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0069475E" w:rsidRDefault="002D530A">
-[...25 lines deleted...]
-        <w:p w:rsidR="00537689" w:rsidRDefault="008F0A54" w:rsidP="008F0A54">
+        <w:p w:rsidR="00590636" w:rsidRDefault="002F2693" w:rsidP="002F2693">
           <w:pPr>
-            <w:pStyle w:val="0A7F0A04692E4E9D8AF1EFBFC1665F1B"/>
+            <w:pStyle w:val="0CE958C823F444139EAA7B217473418A"/>
           </w:pPr>
-          <w:r w:rsidRPr="009707AC">
-[...56 lines deleted...]
-          <w:r w:rsidRPr="00495077">
+          <w:r w:rsidRPr="0046216F">
             <w:rPr>
               <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
             </w:rPr>
             <w:t>Norėdami įvesti datą, spustelėkite arba bakstelėkite čia.</w:t>
-          </w:r>
-[...27 lines deleted...]
-            <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -2022,100 +1801,90 @@
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CC6F74"/>
-    <w:rsid w:val="00002236"/>
-    <w:rsid w:val="000112ED"/>
     <w:rsid w:val="00037ECA"/>
     <w:rsid w:val="00074527"/>
     <w:rsid w:val="00082D2B"/>
     <w:rsid w:val="00093885"/>
-    <w:rsid w:val="000D7DDA"/>
     <w:rsid w:val="000E7FD4"/>
     <w:rsid w:val="00134863"/>
     <w:rsid w:val="00165B54"/>
     <w:rsid w:val="001F01B2"/>
     <w:rsid w:val="00216052"/>
     <w:rsid w:val="00244B29"/>
     <w:rsid w:val="00285BC2"/>
     <w:rsid w:val="002B1942"/>
-    <w:rsid w:val="002D530A"/>
     <w:rsid w:val="002E1361"/>
     <w:rsid w:val="002E2AB3"/>
     <w:rsid w:val="002F2693"/>
     <w:rsid w:val="003129DB"/>
     <w:rsid w:val="00320422"/>
     <w:rsid w:val="00355791"/>
     <w:rsid w:val="003B0FE2"/>
-    <w:rsid w:val="00407398"/>
     <w:rsid w:val="00415790"/>
     <w:rsid w:val="004664B3"/>
-    <w:rsid w:val="00480BB0"/>
     <w:rsid w:val="004C6116"/>
     <w:rsid w:val="004D6DC6"/>
     <w:rsid w:val="00505C0C"/>
-    <w:rsid w:val="00537689"/>
+    <w:rsid w:val="005344A9"/>
     <w:rsid w:val="00590636"/>
     <w:rsid w:val="0065694F"/>
-    <w:rsid w:val="0069475E"/>
     <w:rsid w:val="007009EE"/>
+    <w:rsid w:val="007E174B"/>
+    <w:rsid w:val="007F16D5"/>
     <w:rsid w:val="00881924"/>
     <w:rsid w:val="008B57AE"/>
-    <w:rsid w:val="008B5BF4"/>
     <w:rsid w:val="008C7B28"/>
-    <w:rsid w:val="008D2F91"/>
-    <w:rsid w:val="008F0A54"/>
     <w:rsid w:val="008F5C25"/>
     <w:rsid w:val="0097010F"/>
     <w:rsid w:val="009E7142"/>
     <w:rsid w:val="009F3A76"/>
     <w:rsid w:val="00A00B03"/>
-    <w:rsid w:val="00A0767C"/>
     <w:rsid w:val="00A1465D"/>
     <w:rsid w:val="00A4176E"/>
-    <w:rsid w:val="00A422D0"/>
     <w:rsid w:val="00A946FF"/>
     <w:rsid w:val="00AA1E37"/>
     <w:rsid w:val="00AF082D"/>
     <w:rsid w:val="00B53C3B"/>
     <w:rsid w:val="00BE0647"/>
     <w:rsid w:val="00C23E4A"/>
     <w:rsid w:val="00C56953"/>
     <w:rsid w:val="00C82DC0"/>
     <w:rsid w:val="00CA6052"/>
     <w:rsid w:val="00CB0EEC"/>
     <w:rsid w:val="00CC6F74"/>
     <w:rsid w:val="00D07E93"/>
     <w:rsid w:val="00D522C3"/>
     <w:rsid w:val="00D550BE"/>
     <w:rsid w:val="00DD3CAB"/>
     <w:rsid w:val="00E46733"/>
     <w:rsid w:val="00EB3174"/>
     <w:rsid w:val="00F77ABE"/>
     <w:rsid w:val="00FC01EA"/>
     <w:rsid w:val="00FD727C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
@@ -2540,134 +2309,70 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Vietosrezervavimoenklotekstas">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="008F0A54"/>
+    <w:rsid w:val="002F2693"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D36033E429F94079B944D21A7C9CC4D3">
     <w:name w:val="D36033E429F94079B944D21A7C9CC4D3"/>
     <w:rsid w:val="00CC6F74"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D9EF404D55E7474BAC42E0821208EB91">
     <w:name w:val="D9EF404D55E7474BAC42E0821208EB91"/>
     <w:rsid w:val="00CC6F74"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="0CE958C823F444139EAA7B217473418A">
     <w:name w:val="0CE958C823F444139EAA7B217473418A"/>
     <w:rsid w:val="002F2693"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BB06B4C175C5404FA710DAC115485682">
     <w:name w:val="BB06B4C175C5404FA710DAC115485682"/>
     <w:rsid w:val="002F2693"/>
-  </w:style>
-[...62 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -2901,69 +2606,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>863</Words>
-  <Characters>492</Characters>
+  <Words>709</Words>
+  <Characters>405</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
+  <Lines>3</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1353</CharactersWithSpaces>
+  <CharactersWithSpaces>1112</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Edita-duc</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>