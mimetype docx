--- v2 (2026-02-04)
+++ v3 (2026-02-25)
@@ -538,102 +538,113 @@
       </w:r>
       <w:r w:rsidR="007500A0" w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidR="007500A0" w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidR="00803DEB" w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">__ </w:t>
+        <w:t>_</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00803DEB" w:rsidRPr="00E302D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
       </w:r>
       <w:r w:rsidR="00680B61" w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>darbo dien</w:t>
       </w:r>
       <w:r w:rsidR="00266B69" w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>as sveikatai gerinti nuo</w:t>
       </w:r>
       <w:r w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="FF0000"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:id w:val="-547682552"/>
           <w:placeholder>
             <w:docPart w:val="D36033E429F94079B944D21A7C9CC4D3"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date w:fullDate="2023-01-11T00:00:00Z">
             <w:dateFormat w:val="yyyy-MM-dd"/>
             <w:lid w:val="lt-LT"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="009A5B60" w:rsidRPr="00E302D9">
+          <w:r w:rsidR="009A5B60" w:rsidRPr="00FA5ECA">
             <w:rPr>
               <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:color w:val="auto"/>
             </w:rPr>
             <w:t>Norėdami įvesti datą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00941025" w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00266B69" w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">iki </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
@@ -683,51 +694,50 @@
       </w:r>
       <w:r w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>skaitytinai</w:t>
       </w:r>
       <w:r w:rsidR="004007AB" w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00266B69" w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r w:rsidR="006960BB" w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">pagal </w:t>
       </w:r>
       <w:r w:rsidR="00F312C0" w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2017 m. lapkričio 22 d. Lietuvos švietimo ir mokslo šakos kolektyvinės sutarties </w:t>
       </w:r>
       <w:r w:rsidR="00591F90" w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00811D71">
@@ -773,51 +783,50 @@
       <w:r w:rsidR="00062AB0" w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 16 punktą</w:t>
       </w:r>
       <w:r w:rsidR="007B19A4" w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00680B61" w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> mokant už jas mano vidutinį darbo užmokestį.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidR="00A87A8D" w:rsidRPr="00E302D9" w:rsidRDefault="00A87A8D" w:rsidP="00A87A8D">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:ind w:firstLine="1296"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E302D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Prašau man priskaičiuotą užmokestį už šias dienas mokėti įprasta darbo užmokesčio mokėjimo tvarka.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A87A8D" w:rsidRPr="00E302D9" w:rsidRDefault="00A87A8D" w:rsidP="00A87A8D">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
@@ -1049,51 +1058,51 @@
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008D5FD2"/>
     <w:rsid w:val="00002185"/>
     <w:rsid w:val="00016D44"/>
     <w:rsid w:val="00062AB0"/>
     <w:rsid w:val="000648F7"/>
     <w:rsid w:val="000A1927"/>
     <w:rsid w:val="000C6752"/>
     <w:rsid w:val="000D1C87"/>
     <w:rsid w:val="00201CED"/>
     <w:rsid w:val="0023246C"/>
     <w:rsid w:val="0024705C"/>
     <w:rsid w:val="00266B69"/>
     <w:rsid w:val="002839A3"/>
@@ -1127,77 +1136,78 @@
     <w:rsid w:val="008215DC"/>
     <w:rsid w:val="008524C5"/>
     <w:rsid w:val="00881E04"/>
     <w:rsid w:val="008B6288"/>
     <w:rsid w:val="008D5FD2"/>
     <w:rsid w:val="0090577B"/>
     <w:rsid w:val="00913A59"/>
     <w:rsid w:val="00933AD3"/>
     <w:rsid w:val="00941025"/>
     <w:rsid w:val="009943F5"/>
     <w:rsid w:val="009A5B60"/>
     <w:rsid w:val="00A35DBD"/>
     <w:rsid w:val="00A87A8D"/>
     <w:rsid w:val="00B17B15"/>
     <w:rsid w:val="00BB3E61"/>
     <w:rsid w:val="00CE0BDC"/>
     <w:rsid w:val="00E10059"/>
     <w:rsid w:val="00E302D9"/>
     <w:rsid w:val="00E660DF"/>
     <w:rsid w:val="00E933DE"/>
     <w:rsid w:val="00EA2943"/>
     <w:rsid w:val="00EC138F"/>
     <w:rsid w:val="00EE3ED2"/>
     <w:rsid w:val="00EE4E48"/>
     <w:rsid w:val="00F312C0"/>
+    <w:rsid w:val="00FA5ECA"/>
     <w:rsid w:val="00FB1518"/>
     <w:rsid w:val="00FF732E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="310B379A"/>
+  <w14:docId w14:val="2942D991"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{738C0AF1-F664-41D9-9436-C7CA95EBBCBE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -1845,50 +1855,51 @@
     <w:rsid w:val="00415790"/>
     <w:rsid w:val="004664B3"/>
     <w:rsid w:val="004C6116"/>
     <w:rsid w:val="004D6DC6"/>
     <w:rsid w:val="00505C0C"/>
     <w:rsid w:val="005344A9"/>
     <w:rsid w:val="00590636"/>
     <w:rsid w:val="0065694F"/>
     <w:rsid w:val="007009EE"/>
     <w:rsid w:val="007E174B"/>
     <w:rsid w:val="007F16D5"/>
     <w:rsid w:val="00881924"/>
     <w:rsid w:val="008B57AE"/>
     <w:rsid w:val="008C7B28"/>
     <w:rsid w:val="008F5C25"/>
     <w:rsid w:val="0097010F"/>
     <w:rsid w:val="009E7142"/>
     <w:rsid w:val="009F3A76"/>
     <w:rsid w:val="00A00B03"/>
     <w:rsid w:val="00A1465D"/>
     <w:rsid w:val="00A4176E"/>
     <w:rsid w:val="00A946FF"/>
     <w:rsid w:val="00AA1E37"/>
     <w:rsid w:val="00AF082D"/>
     <w:rsid w:val="00B53C3B"/>
+    <w:rsid w:val="00BD2A90"/>
     <w:rsid w:val="00BE0647"/>
     <w:rsid w:val="00C23E4A"/>
     <w:rsid w:val="00C56953"/>
     <w:rsid w:val="00C82DC0"/>
     <w:rsid w:val="00CA6052"/>
     <w:rsid w:val="00CB0EEC"/>
     <w:rsid w:val="00CC6F74"/>
     <w:rsid w:val="00D07E93"/>
     <w:rsid w:val="00D522C3"/>
     <w:rsid w:val="00D550BE"/>
     <w:rsid w:val="00DD3CAB"/>
     <w:rsid w:val="00E46733"/>
     <w:rsid w:val="00EB3174"/>
     <w:rsid w:val="00F77ABE"/>
     <w:rsid w:val="00FC01EA"/>
     <w:rsid w:val="00FD727C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>