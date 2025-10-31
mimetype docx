--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -5,672 +5,793 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00C37AC1" w:rsidRPr="00F249B8" w:rsidRDefault="00C37AC1" w:rsidP="00C37AC1">
+    <w:p w:rsidR="00C37AC1" w:rsidRPr="00410499" w:rsidRDefault="00C37AC1" w:rsidP="00C37AC1">
       <w:pPr>
         <w:jc w:val="right"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00C37AC1" w:rsidRPr="00F249B8" w:rsidRDefault="00C37AC1" w:rsidP="00C37AC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C37AC1" w:rsidRPr="00410499" w:rsidRDefault="00C37AC1" w:rsidP="00C37AC1">
       <w:pPr>
         <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="1187"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7088"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C37AC1" w:rsidRPr="00F249B8" w:rsidTr="00A110BF">
+      <w:tr w:rsidR="00C37AC1" w:rsidRPr="00410499" w:rsidTr="00A110BF">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-300699578"/>
             <w:placeholder>
               <w:docPart w:val="F58C497758B24238901C44E232BD9DAB"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7088" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w:rsidR="00C37AC1" w:rsidRPr="00E87678" w:rsidRDefault="00EC25E6" w:rsidP="00EC25E6">
+              <w:p w:rsidR="00C37AC1" w:rsidRPr="00410499" w:rsidRDefault="00EC25E6" w:rsidP="00EC25E6">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="right" w:pos="9639"/>
                   </w:tabs>
                   <w:spacing w:line="276" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="004C0D52">
+                <w:r w:rsidRPr="00410499">
                   <w:rPr>
                     <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00C37AC1" w:rsidRPr="00F249B8" w:rsidTr="00A110BF">
+      <w:tr w:rsidR="00C37AC1" w:rsidRPr="00410499" w:rsidTr="00A110BF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37AC1" w:rsidRPr="00F249B8" w:rsidRDefault="00C37AC1" w:rsidP="00A110BF">
+          <w:p w:rsidR="00C37AC1" w:rsidRPr="00410499" w:rsidRDefault="00C37AC1" w:rsidP="00A110BF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F249B8">
+            <w:r w:rsidRPr="00410499">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(vardas, pavardė)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C37AC1" w:rsidRPr="00F249B8" w:rsidTr="00A110BF">
+      <w:tr w:rsidR="00C37AC1" w:rsidRPr="00410499" w:rsidTr="00A110BF">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="134534975"/>
             <w:placeholder>
               <w:docPart w:val="F58C497758B24238901C44E232BD9DAB"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7088" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w:rsidR="00C37AC1" w:rsidRPr="00E87678" w:rsidRDefault="00EC25E6" w:rsidP="00EC25E6">
+              <w:p w:rsidR="00C37AC1" w:rsidRPr="00410499" w:rsidRDefault="00EC25E6" w:rsidP="00EC25E6">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="right" w:pos="9639"/>
                   </w:tabs>
                   <w:spacing w:line="276" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="004C0D52">
+                <w:r w:rsidRPr="00410499">
                   <w:rPr>
                     <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00C37AC1" w:rsidRPr="00F249B8" w:rsidTr="00A110BF">
+      <w:tr w:rsidR="00C37AC1" w:rsidRPr="00410499" w:rsidTr="00A110BF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37AC1" w:rsidRPr="00F249B8" w:rsidRDefault="00C37AC1" w:rsidP="00A110BF">
+          <w:p w:rsidR="00C37AC1" w:rsidRPr="00410499" w:rsidRDefault="00C37AC1" w:rsidP="00A110BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F249B8">
+            <w:r w:rsidRPr="00410499">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(pareigos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C37AC1" w:rsidRPr="00F249B8" w:rsidRDefault="00C37AC1" w:rsidP="00C37AC1">
+    <w:p w:rsidR="00C37AC1" w:rsidRPr="00410499" w:rsidRDefault="00C37AC1" w:rsidP="00C37AC1">
       <w:pPr>
         <w:jc w:val="right"/>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C37AC1" w:rsidRPr="00410499" w:rsidRDefault="00C37AC1" w:rsidP="00C37AC1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C37AC1" w:rsidRPr="00F249B8" w:rsidRDefault="00C37AC1" w:rsidP="00C37AC1">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00C37AC1" w:rsidRPr="00410499" w:rsidRDefault="00C37AC1" w:rsidP="00C37AC1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C37AC1" w:rsidRPr="00F249B8" w:rsidRDefault="00C37AC1" w:rsidP="00C37AC1">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00C37AC1" w:rsidRPr="00410499" w:rsidRDefault="00C37AC1" w:rsidP="00C37AC1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007531BD" w:rsidRDefault="007531BD" w:rsidP="00085769">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="007531BD" w:rsidRPr="00410499" w:rsidRDefault="007531BD" w:rsidP="00085769">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008E6F60" w:rsidRDefault="008E6F60" w:rsidP="00085769">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="008E6F60" w:rsidRPr="00410499" w:rsidRDefault="008E6F60" w:rsidP="00085769">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F14459" w:rsidRDefault="00F14459" w:rsidP="00085769">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00F14459" w:rsidRPr="00410499" w:rsidRDefault="00F14459" w:rsidP="00085769">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007531BD" w:rsidRPr="00232DB5" w:rsidRDefault="00EF4E78" w:rsidP="00085769">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="007531BD" w:rsidRPr="00410499" w:rsidRDefault="00EF4E78" w:rsidP="00085769">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00232DB5">
-        <w:rPr>
+      <w:r w:rsidRPr="00410499">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Joniškio „Saulės“ </w:t>
       </w:r>
-      <w:r w:rsidR="006E7D50" w:rsidRPr="00232DB5">
-        <w:rPr>
+      <w:r w:rsidR="006E7D50" w:rsidRPr="00410499">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>pagrindinės</w:t>
       </w:r>
-      <w:r w:rsidRPr="00232DB5">
-        <w:rPr>
+      <w:r w:rsidRPr="00410499">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> mokyklos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00814AAE" w:rsidRPr="00232DB5" w:rsidRDefault="00EF4E78" w:rsidP="00085769">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00814AAE" w:rsidRPr="00410499" w:rsidRDefault="00EF4E78" w:rsidP="00085769">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00232DB5">
-        <w:rPr>
+      <w:r w:rsidRPr="00410499">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Direktoriui</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A93C8F" w:rsidRDefault="00A93C8F" w:rsidP="00085769"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="00814AAE" w:rsidRPr="00232DB5" w:rsidRDefault="00814AAE" w:rsidP="00814AAE">
+    <w:p w:rsidR="00A93C8F" w:rsidRPr="00410499" w:rsidRDefault="00A93C8F" w:rsidP="00085769">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D179E2" w:rsidRPr="00410499" w:rsidRDefault="00D179E2" w:rsidP="00085769">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00814AAE" w:rsidRPr="00410499" w:rsidRDefault="00814AAE" w:rsidP="00085769">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00814AAE" w:rsidRPr="00410499" w:rsidRDefault="00814AAE" w:rsidP="00814AAE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00232DB5">
-        <w:rPr>
+      <w:r w:rsidRPr="00410499">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">PRAŠYMAS </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00814AAE" w:rsidRPr="00232DB5" w:rsidRDefault="00814AAE" w:rsidP="00A93C8F">
+    <w:p w:rsidR="00814AAE" w:rsidRPr="00410499" w:rsidRDefault="00814AAE" w:rsidP="00A93C8F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00232DB5">
-        <w:rPr>
+      <w:r w:rsidRPr="00410499">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>DĖL</w:t>
       </w:r>
-      <w:r w:rsidR="00EC25E6">
-        <w:rPr>
+      <w:r w:rsidR="00EC25E6" w:rsidRPr="00410499">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:id w:val="-1561629317"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00230F97" w:rsidRPr="004C0D52">
+          <w:r w:rsidR="00230F97" w:rsidRPr="00410499">
             <w:rPr>
               <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:id w:val="-597023143"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w:date>
           <w:dateFormat w:val="yyyy-MM-dd"/>
           <w:lid w:val="lt-LT"/>
           <w:storeMappedDataAs w:val="dateTime"/>
           <w:calendar w:val="gregorian"/>
         </w:date>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w:rsidR="00A93C8F" w:rsidRDefault="00056A1C" w:rsidP="00A93C8F">
+        <w:p w:rsidR="00A93C8F" w:rsidRPr="00410499" w:rsidRDefault="00056A1C" w:rsidP="00A93C8F">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="004C0D52">
+          <w:r w:rsidRPr="00410499">
             <w:rPr>
               <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:t>Norėdami įvesti datą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w:rsidR="00EF4E78" w:rsidRDefault="00EF4E78" w:rsidP="00814AAE">
+    <w:p w:rsidR="00EF4E78" w:rsidRPr="00410499" w:rsidRDefault="00EF4E78" w:rsidP="00814AAE">
       <w:pPr>
         <w:jc w:val="center"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410499">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Joniškis</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D7E4A" w:rsidRDefault="002D7E4A" w:rsidP="00F64B6D"/>
+    <w:p w:rsidR="002D7E4A" w:rsidRPr="00410499" w:rsidRDefault="002D7E4A" w:rsidP="00F64B6D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:id w:val="-1520775057"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w:rsidR="002D7E4A" w:rsidRPr="004C0D52" w:rsidRDefault="00EC25E6" w:rsidP="00EC25E6">
+        <w:p w:rsidR="002D7E4A" w:rsidRPr="00410499" w:rsidRDefault="00EC25E6" w:rsidP="00EC25E6">
           <w:pPr>
             <w:rPr>
-              <w:sz w:val="28"/>
-              <w:szCs w:val="28"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="004C0D52">
+          <w:r w:rsidRPr="00410499">
             <w:rPr>
               <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
-              <w:sz w:val="28"/>
-              <w:szCs w:val="28"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w:rsidR="00F24591" w:rsidRDefault="00F24591" w:rsidP="00924750">
+    <w:p w:rsidR="00F24591" w:rsidRPr="00410499" w:rsidRDefault="00F24591" w:rsidP="00924750">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00F24591" w:rsidRDefault="00F24591" w:rsidP="00924750">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F24591" w:rsidRPr="00410499" w:rsidRDefault="00F24591" w:rsidP="00924750">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00F24591" w:rsidRDefault="00F24591" w:rsidP="00924750">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F24591" w:rsidRPr="00410499" w:rsidRDefault="00F24591" w:rsidP="00924750">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00F24591" w:rsidRDefault="00F24591" w:rsidP="00924750">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F24591" w:rsidRPr="00410499" w:rsidRDefault="00F24591" w:rsidP="00924750">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00F24591" w:rsidRDefault="00F24591" w:rsidP="00924750">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F24591" w:rsidRPr="00410499" w:rsidRDefault="00F24591" w:rsidP="00924750">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00F24591" w:rsidRDefault="00F24591" w:rsidP="00924750">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F24591" w:rsidRPr="00410499" w:rsidRDefault="00F24591" w:rsidP="00924750">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00F24591" w:rsidRDefault="00F24591" w:rsidP="00924750">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F24591" w:rsidRPr="00410499" w:rsidRDefault="00F24591" w:rsidP="00924750">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00F24591" w:rsidRDefault="00F24591" w:rsidP="00924750">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F24591" w:rsidRPr="00410499" w:rsidRDefault="00F24591" w:rsidP="00924750">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00D179E2" w:rsidRDefault="00D179E2" w:rsidP="006011CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D179E2" w:rsidRPr="00410499" w:rsidRDefault="00D179E2" w:rsidP="006011CD">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00D179E2" w:rsidRDefault="00D179E2" w:rsidP="006011CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D179E2" w:rsidRPr="00410499" w:rsidRDefault="00D179E2" w:rsidP="006011CD">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00D179E2" w:rsidRDefault="00D179E2" w:rsidP="006011CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D179E2" w:rsidRPr="00410499" w:rsidRDefault="00D179E2" w:rsidP="006011CD">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="167"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4360"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F24591" w:rsidRPr="00F249B8" w:rsidTr="00A110BF">
+      <w:tr w:rsidR="00F24591" w:rsidRPr="00410499" w:rsidTr="00A110BF">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="55049203"/>
             <w:placeholder>
               <w:docPart w:val="7254F800CBC048F3A2250A431F885316"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4360" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w:rsidR="00F24591" w:rsidRPr="00F249B8" w:rsidRDefault="00EC25E6" w:rsidP="00EC25E6">
+              <w:p w:rsidR="00F24591" w:rsidRPr="00410499" w:rsidRDefault="00EC25E6" w:rsidP="00EC25E6">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="left" w:leader="underscore" w:pos="9356"/>
                   </w:tabs>
                   <w:jc w:val="center"/>
                   <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="004C0D52">
+                <w:r w:rsidRPr="00410499">
                   <w:rPr>
                     <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00F24591" w:rsidRPr="00F249B8" w:rsidTr="00A110BF">
+      <w:tr w:rsidR="00F24591" w:rsidRPr="00410499" w:rsidTr="00A110BF">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F24591" w:rsidRPr="00F249B8" w:rsidRDefault="00F24591" w:rsidP="00A110BF">
+          <w:p w:rsidR="00F24591" w:rsidRPr="00410499" w:rsidRDefault="00F24591" w:rsidP="00A110BF">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F249B8">
+            <w:r w:rsidRPr="00410499">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(vardas, pavardė)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F24591" w:rsidRPr="00F249B8" w:rsidRDefault="00F24591" w:rsidP="00F24591">
+    <w:p w:rsidR="00F24591" w:rsidRPr="00410499" w:rsidRDefault="00F24591" w:rsidP="00F24591">
       <w:pPr>
         <w:jc w:val="right"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00EF4E78" w:rsidRPr="00EF4E78" w:rsidRDefault="00EF4E78" w:rsidP="00B61E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF4E78" w:rsidRPr="00410499" w:rsidRDefault="00EF4E78" w:rsidP="00B61E54">
       <w:pPr>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:sectPr w:rsidR="00EF4E78" w:rsidRPr="00EF4E78" w:rsidSect="00A93C8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00EF4E78" w:rsidRPr="00410499" w:rsidSect="00A93C8F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="540" w:right="567" w:bottom="360" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71953CDB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0B4CDB30"/>
     <w:lvl w:ilvl="0" w:tplc="CE38F274">
@@ -774,109 +895,109 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7365"/>
         </w:tabs>
         <w:ind w:left="7365" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="L8vtYVaRI6Z91tEPHz4XYut4TwaasoHUYplVhbSjTdyvmITSsohVRZxfcaomt7Q1wgQCQ0iPYiDC45Q30msjXw==" w:salt="OWDh9WIJz16/poCDmGufXg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="NVeZDI0knsQMBGz12rtOtJHC7iUAZC2xz7iMHgnrHJ3VUduNF21CUwndhHwPZwzwq8qGeuQHoKrDFqpRP8Dh0Q==" w:salt="ulJcIyZ0ck8oWUPb4R/oLQ=="/>
   <w:defaultTabStop w:val="1247"/>
   <w:hyphenationZone w:val="396"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00085769"/>
     <w:rsid w:val="00056A1C"/>
     <w:rsid w:val="00085769"/>
     <w:rsid w:val="00230F97"/>
     <w:rsid w:val="00232DB5"/>
     <w:rsid w:val="00242788"/>
     <w:rsid w:val="002D7E4A"/>
     <w:rsid w:val="0036744E"/>
     <w:rsid w:val="0040294B"/>
+    <w:rsid w:val="00410499"/>
     <w:rsid w:val="004211C7"/>
     <w:rsid w:val="00476B32"/>
     <w:rsid w:val="004A767B"/>
-    <w:rsid w:val="004C0D52"/>
     <w:rsid w:val="004C1756"/>
     <w:rsid w:val="005036B5"/>
     <w:rsid w:val="00521AB4"/>
     <w:rsid w:val="00526E4D"/>
+    <w:rsid w:val="00530C8A"/>
     <w:rsid w:val="00544DE9"/>
     <w:rsid w:val="005E3861"/>
     <w:rsid w:val="006011CD"/>
     <w:rsid w:val="006A1D36"/>
     <w:rsid w:val="006E7D50"/>
-    <w:rsid w:val="006F5045"/>
     <w:rsid w:val="007531BD"/>
     <w:rsid w:val="007E51C7"/>
     <w:rsid w:val="00814AAE"/>
+    <w:rsid w:val="008A4A7C"/>
     <w:rsid w:val="008B635B"/>
     <w:rsid w:val="008E6F60"/>
     <w:rsid w:val="008E7B7F"/>
     <w:rsid w:val="00924750"/>
     <w:rsid w:val="00960A8C"/>
-    <w:rsid w:val="00987E2A"/>
     <w:rsid w:val="009D3C8D"/>
     <w:rsid w:val="00A02589"/>
-    <w:rsid w:val="00A816E7"/>
+    <w:rsid w:val="00A17BEE"/>
     <w:rsid w:val="00A93C8F"/>
     <w:rsid w:val="00B225A7"/>
     <w:rsid w:val="00B61E54"/>
     <w:rsid w:val="00C37AC1"/>
     <w:rsid w:val="00C55EB8"/>
     <w:rsid w:val="00D01289"/>
+    <w:rsid w:val="00D1057F"/>
     <w:rsid w:val="00D179E2"/>
     <w:rsid w:val="00D65440"/>
     <w:rsid w:val="00DB7D24"/>
-    <w:rsid w:val="00E46738"/>
     <w:rsid w:val="00E7326D"/>
     <w:rsid w:val="00EC25E6"/>
     <w:rsid w:val="00EF4E78"/>
     <w:rsid w:val="00F14459"/>
     <w:rsid w:val="00F24591"/>
     <w:rsid w:val="00F64B6D"/>
     <w:rsid w:val="00FE0B03"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
@@ -1333,52 +1454,50 @@
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Lentelstinklelis">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="prastojilentel"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00C37AC1"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="Bendrosios nuostatos"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
@@ -1479,97 +1598,104 @@
             <w:t>Norėdami įvesti tekstą, spustelėkite arba bakstelėkite čia.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00244FFF"/>
     <w:rsid w:val="00244FFF"/>
+    <w:rsid w:val="00313219"/>
     <w:rsid w:val="0047681D"/>
+    <w:rsid w:val="004F6B10"/>
     <w:rsid w:val="00554D1A"/>
-    <w:rsid w:val="00556ED2"/>
     <w:rsid w:val="007C6595"/>
-    <w:rsid w:val="0084710C"/>
-    <w:rsid w:val="008F2512"/>
+    <w:rsid w:val="00921B7A"/>
     <w:rsid w:val="00AB6361"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">